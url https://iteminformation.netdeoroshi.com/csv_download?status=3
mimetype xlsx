--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -97,18632 +97,7298 @@
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>後継品JAN</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>後継品商品名</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>後継品発売日</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>情報公開日</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>4902125106017</t>
+          <t>4901730075183</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>毎日香　進物型サック６入　包装品</t>
+          <t>ジョンソン　すこやかナチュラルローション</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>4902125141001</t>
+          <t>4901730110228</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>山水香　大把　＃１４１</t>
+          <t>ジョンソンベビーうるおい全身シャンプー　泡タイプ　詰替用</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>4902125145009</t>
+          <t>4901730180054</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>山水香　バラ詰</t>
+          <t>ジョンソンベビーローション　無香料</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>4902125390003</t>
+          <t>4901730180061</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>ＲＯＯＭＹ１２ＡＳ／ＣＯＮＥＳ</t>
+          <t>ジョンソンベビーローション　無香料</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>4902125617001</t>
+          <t>4901730180078</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>瑞雲　塗箱短寸</t>
+          <t>ジョンソンベビーローション　微香性</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
-[...14 lines deleted...]
-          <t>2024年06月21日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>4902125893139</t>
+          <t>4901730180085</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　エナジー　１０ｍｌ</t>
+          <t>ジョンソン　すやすやタイム　ローション</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>4902125893146</t>
+          <t>4903301347699</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　ボディートーン　１０ｍｌ</t>
+          <t>リード　クッキングペーパー　レギュラー</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>4902125893153</t>
+          <t>4903301347705</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　レストフルナイト</t>
+          <t>リード　クッキングペーパー　スマートタイプ</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>4538353820847</t>
+          <t>4903301347712</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>リボン付きバスフラワー　モーブピンク</t>
+          <t>リード　クッキングペーパー　ダブル</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>4950367052777</t>
+          <t>4901646126788</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>天然精油のパークスプレー</t>
+          <t>ＭＢＧ２－２７　ＨＸ脱毛用ブライズワックス</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>4956810804597</t>
+          <t>4902424433845</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>おにぎリング</t>
+          <t>ムカデカダン粉剤</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>4902424453218</t>
+        </is>
+      </c>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>カダン　ムカデカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>4971633171886</t>
+          <t>4902424448269</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルカリ電解水＋アルコール　２０枚</t>
+          <t>ドラデスパワーまとめて一掃</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>4971633171923</t>
+          <t>4902424448283</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　セスキ＋アルコール　２０枚</t>
+          <t>ドラデスパワー速効プレミアム</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>4971633171947</t>
+          <t>4902424450064</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルコールキッチン除菌　２０枚</t>
+          <t>カダン除草王ザッソージエース</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>4902424452419</t>
+        </is>
+      </c>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ザッソージエースエコパウチ４．５ｌ</t>
+        </is>
+      </c>
+      <c r="F15" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月21日</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>4975759201946</t>
+          <t>4902424450125</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>ＣＬＯＴＨ－ｉ（クロスアイ）　グランセーマ</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>4902424453171</t>
+        </is>
+      </c>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤６６０ｇ</t>
+        </is>
+      </c>
+      <c r="F16" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>0033200099901</t>
+          <t>4902424450132</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>アーム＆ハンマー　クリーンバースト</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>4902424453188</t>
+        </is>
+      </c>
+      <c r="E17" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F17" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>4580350289578</t>
+          <t>4931839216972</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２２０ＣＣ</t>
+          <t>カワイイ女のぜい沢マスクＳｔｙｌｅ×Ｃｏｌｏｒ　フレンチベージュ７枚</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4580350289585</t>
+          <t>4524963010907</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２７５ＣＣ</t>
+          <t>しみとりマイクロブラシ</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4901221166000</t>
+          <t>4891228301743</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>パックスタッフ　ジャストロックＳ４個入</t>
+          <t>プレミア敏感肌用折りたたみタイプＬディスポ</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4901221166505</t>
+          <t>4891228302511</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>ＰＬ－６５　ジャストロック長方形Ｓ・４コ入</t>
+          <t>シックハイドロ５パワーセレクトダブルホルダー（替刃２コ付）　ＨＰＳＩ５－２１０</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4901221803325</t>
+          <t>4891228302658</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>マスターケアハブラシ・６列レギュラー　かため</t>
+          <t>ハイドロ５プレミアム　パワーセレクト　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4903367305244</t>
+          <t>4891228303679</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>ＡＷＡＳお風呂の洗剤泡ローズ　本体　４００ＭＬ</t>
+          <t>ハイドロ５プレミアムパワーセレクト替刃</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4903367305367</t>
+          <t>4891228303686</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>おうちの除菌スプレー　本体</t>
+          <t>ハイドロ５プレミアム　パワーセレクト　替刃</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4903367306296</t>
+          <t>4891228303693</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>銀光液</t>
+          <t>ハイドロ５パワーセレクト替刃</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4987973113660</t>
+          <t>4891228303709</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>キューピーコーワヒーリングドリンク　１００ｍｌ×１０本</t>
+          <t>ハイドロ５パワーセレクト替刃</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>4987973113684</t>
+          <t>4891228310691</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>キューピーコーワヒーリングドリンク　１００ｍｌ×５０本</t>
+          <t>ハイドロ５プレミアム　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4987973220382</t>
+          <t>4891228310721</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>バンテリンコーワサポーター　親指専用　ｆｏｒＥ－ｓｐｏｒｔｓ　Ｓ－Ｍサイズ　ブラック×ネオンオレンジ</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　替刃</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4987973220399</t>
+          <t>4891228310738</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>バンテリンコーワサポーター　親指専用　ｆｏｒＥ－ｓｐｏｒｔｓ　Ｍ－Ｌサイズ　ブラック×ネオンオレンジ</t>
+          <t>ハイドロ５プレミアム　替刃</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4520699613375</t>
+          <t>4891228310745</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>１週間消臭抗菌デオトイレ取替専用消臭サンド</t>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き）</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
-[...14 lines deleted...]
-          <t>2010年03月01日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4570112700717</t>
+          <t>4891228310776</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　チャコール　１足</t>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>4570112700724</t>
+          <t>4891228310783</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　ピンクブラウン</t>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>4901065700118</t>
+          <t>4891228310790</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>防カビ風呂マット　ドロップ</t>
+          <t>ハイドロ５ベーシック　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4571113807092</t>
+          <t>4891228310813</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュ　フレッシュミント　大</t>
+          <t>ハイドロ５ベーシック　替刃</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4571113807108</t>
+          <t>4891228310820</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュペパーミント大</t>
+          <t>ハイドロ５　ベーシック　替刃</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>4903367092564</t>
+          <t>4891228310837</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>アロマソフター　シャイニングローズ　詰替え</t>
+          <t>ハイドロ５ベーシック　替刃　１２コ入</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4970925123824</t>
+          <t>4891228311391</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>結露の吸水テープ　１２ＣＭ×８０ＣＭ　ＫＢ－１２３</t>
+          <t>ハイドロ５　ナチュラル　替刃</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4901316677015</t>
+          <t>4891228311414</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７０１　強力ゴム　６コール</t>
+          <t>ハイドロ５　ナチュラル　替刃</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4901316677022</t>
+          <t>4891228312220</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７０２　強力ゴム　８コール</t>
+          <t>イントゥイション　しっとり肌　ホルダー（刃付き）お試し用</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4901316677039</t>
+          <t>4891228312237</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７０３　強力ゴム　１０コール</t>
+          <t>イントゥイション　さっぱりうるおい肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4901316677244</t>
+          <t>4891228312275</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７２４　丸ゴム　太　黒</t>
+          <t>イントゥイション　さっぱりうるおい肌　替刃</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4903301350613</t>
+          <t>4891228312398</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ｏｎｅ　スタンダード　つめかえ用ウルトラジャンボ　１５３０ｇ</t>
+          <t>シック　ヒゲグルーマー（刃付き）</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
-[...14 lines deleted...]
-          <t>2025年09月18日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>4971671192072</t>
+          <t>4891228314897</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアレザーシャンプー</t>
+          <t>ハイドロ５ベーシック　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4971671192089</t>
+          <t>4891228314903</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアファブリックシャンプー</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4543268098915</t>
+          <t>4891228314910</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>ＴＨＥＢＡＲＭモイスチャークリーム</t>
+          <t>ハイドロ５プレミアム　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>4543268104364</t>
+          <t>4891228314934</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>肉球用みつろうクリーム</t>
+          <t>シック　キワミ　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>4548514154490</t>
+          <t>4891228314941</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り　詰替え用</t>
+          <t>シック　キワミ　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>4548514154506</t>
+          <t>4891228314958</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り　詰替え用</t>
+          <t>シック　キワミ　替刃（４コ入）</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>4548514154544</t>
+          <t>4891228314965</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り</t>
+          <t>シック　キワミ　替刃（８コ入）</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>4548514157569</t>
+          <t>4891228314972</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>薬用ソフレ　濃厚しっとり入浴液　リラックスサボンの香り　つめかえ用</t>
+          <t>シック　キワミ　敏感肌　替刃（４コ入）</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4548514158566</t>
+          <t>4891228314989</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>素肌クリア　アロマコレクション</t>
+          <t>シック　キワミ　敏感肌　替刃（８コ入）</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4548514158580</t>
+          <t>4891228314996</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>シック　キワミ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4548514158603</t>
+          <t>4891228315009</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル　つめかえ用</t>
+          <t>シック　キワミ　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>4548514158610</t>
+          <t>4891228315719</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス　つめかえ用</t>
+          <t>ハイドロ５ナチュラル　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4548514158627</t>
+          <t>4891228315726</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>4548514158634</t>
+          <t>4891228315733</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス</t>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>4548514158658</t>
+          <t>4903601652691</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>ハイドロシェービングジェル</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>4548514516496</t>
+          <t>4903601652714</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>モルティ　薬用スカルプクリア</t>
+          <t>ハイドロプレミアムシェービングジェル</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4901433072410</t>
+          <t>4902407024299</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>サンキラーパーフェクトストロングＺ</t>
+          <t>アイスノン　頭を冷やすスプレーＧＯＬＤ</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>4901601301083</t>
+          <t>4902407025173</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６０６キャップ付ツメヤスリ</t>
+          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4901601301137</t>
+          <t>4902704302410</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６１１ツメミガキ　３ＷＡＹ</t>
+          <t>ミニレフ電球　ＬＲ１００Ｖ４０ＷＳ　Ｆ－２</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4901601305883</t>
+          <t>4973307511042</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>サファイヤツメヤスリ　ＨＣ３６１３</t>
+          <t>ハンドクリームすみッコねこＣＭＨＣ１</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4950367104162</t>
+          <t>4903301225485</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>かばん用除湿・消臭剤</t>
+          <t>リードクッキングシート　特大</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月08日</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>4956810803040</t>
+          <t>4589654890039</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>スピンホイール　コランダー　オーバル（レッド）</t>
+          <t>野菜鮮用保存袋</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月05日</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4987176229229</t>
+          <t>4903301225492</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>ジョイＰＲＯ洗浄まとめ洗い用本体</t>
+          <t>リードホットクッキングシート　中</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4987176229243</t>
+          <t>4976366016732</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>ジョイＰＲＯ洗浄すぐ洗い用本体</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　ＳＳ</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>4987176229281</t>
+          <t>4976366016749</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>ジョイＰＲＯ洗浄まとめ洗い用逆さボトル</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｓ</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4987176292308</t>
+          <t>4976366016756</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえハイパージャンボサイズ</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｍ</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>4987176292353</t>
+          <t>4902424424485</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえメガジャンボサイズ</t>
+          <t>フマキラー蚊とり線香皿ジャンボ　吊り下げ式</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>4987176292667</t>
+          <t>4902424432671</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえテラジャンボサイズ</t>
+          <t>アリ・ムカデ　粉剤</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4987176292704</t>
+          <t>4902424432695</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえ超メガジャンボサイズ</t>
+          <t>アリ・ムカデ　粉剤</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2025年09月26日</t>
-[...14 lines deleted...]
-          <t>2025年09月29日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>4520699644270</t>
+          <t>4902424444087</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>デオトイレ針葉樹の消臭・抗菌チップ</t>
+          <t>ゴキファイタープロ激取れ</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>2025年08月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>4570117994289</t>
+          <t>4902424446654</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>びっくらたまご　ＭＩＮＥＣＲＡＦＴ</t>
+          <t>虫よけバリアスプレー４５０ＭＬ</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>2025年08月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>4901548601352</t>
+          <t>4902424447736</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>熱中対策　シャツクール　冷感ストロング　大容量</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>2025年08月08日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>4901548603059</t>
+          <t>4902424447743</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>熱中対策　シャツクール　清潔なソープの香り　大容量</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用１年</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>2025年08月08日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>4549660813224</t>
+          <t>4902424447774</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>きゃらゆ～コレクション　ウルトラヒーローズ</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>4570118005243</t>
+          <t>4902424449174</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>こどもハブラシ３本セット　仮面ライダーガヴ</t>
+          <t>スキンベープミストイカリジンプレミアムハーブプラス</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
-[...14 lines deleted...]
-          <t>2025年09月16日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>4902425619088</t>
+          <t>4902424449181</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>あわ入浴剤　アンパンマン　ボトルタイプ</t>
+          <t>ダニゼロバリアワンプッシュ６０回分</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>4987176195937</t>
+          <t>4964596485886</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら吸水　３０ｃｃ　２２枚　無香料</t>
+          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０４（ロイヤルブラウン）</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>2025年06月06日</t>
+          <t>2025年11月10日</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>4976631481241</t>
+          <t>4973307644108</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>ペリカンモイスチャーソープ１０個セット</t>
+          <t>子供立体マスクＳ７枚入　こぐまちゃん２３　ＭＳＫＢ１Ｎ</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>2025年05月09日</t>
+          <t>2025年11月10日</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>4901433105705</t>
+          <t>4976558007524</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムリップコート</t>
+          <t>紙すとろー　（白）</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月10日</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>4901433107419</t>
+          <t>4549980592397</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　０１</t>
+          <t>ＦＬ４０ＳＮＳＤＬＦ３　自然色形蛍光灯</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月07日</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>4901433107426</t>
+          <t>4570112700717</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　０２</t>
+          <t>するりんぱ　サポートソックス　チャコール　１足</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>4901433107433</t>
+          <t>4904735059578</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　０４</t>
+          <t>パックスナチュロンキッチンスポンジ紅白２個組（ピンク・ナチュラル）</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年09月16日</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>4901433107464</t>
+          <t>4902424423402</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　０８</t>
+          <t>アルゼンチンアリ巣ごと退治液剤１．８Ｌ</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年08月04日</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>4901433107525</t>
+          <t>4902424440881</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　２１</t>
+          <t>カダンスズメバチバスーカジェット５５０ＭＬ</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D86" s="0" t="inlineStr">
+        <is>
+          <t>4902424451467</t>
+        </is>
+      </c>
+      <c r="E86" s="0" t="inlineStr">
+        <is>
+          <t>カダンスズメバチバズーカジェット</t>
+        </is>
+      </c>
+      <c r="F86" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>4901433107556</t>
+          <t>4902424440898</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　２５</t>
+          <t>カダンハチ・アブダブルジェット４８０ｍｌ</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D87" s="0" t="inlineStr">
+        <is>
+          <t>4902424451450</t>
+        </is>
+      </c>
+      <c r="E87" s="0" t="inlineStr">
+        <is>
+          <t>カダンハチ・アブダブルジェット</t>
+        </is>
+      </c>
+      <c r="F87" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>4901433107570</t>
+          <t>4976363122863</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　２８</t>
+          <t>ラブリネス　オーキッドシャワー</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年06月01日</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>4901433107600</t>
+          <t>4976363122870</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>プルーフシャイニールージュ　３９</t>
+          <t>ラブリネス　フローラルソープ</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年06月01日</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>4901433109338</t>
+          <t>4976363127561</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>フェルムプルーフシャイニールージュ６３</t>
+          <t>アロマストプレート３個パック　ホワイトシトラス</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年06月01日</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>4901433109345</t>
+          <t>4902424439298</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>フェルムプルーフシャイニールージュ６４</t>
+          <t>犬猫まわれ右　粒剤　ローズの香り</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年01月17日</t>
+        </is>
+      </c>
+      <c r="D91" s="0" t="inlineStr">
+        <is>
+          <t>4902424432596</t>
+        </is>
+      </c>
+      <c r="E91" s="0" t="inlineStr">
+        <is>
+          <t>犬猫まわれ右粒剤　シトラスの香り</t>
+        </is>
+      </c>
+      <c r="F91" s="0" t="inlineStr">
+        <is>
+          <t>2012年02月02日</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>4901433126519</t>
+          <t>4902424426045</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>フェルム　ロング＆ボリュームマスカラＷＰ０１</t>
+          <t>カダン除草王オールキラー粒剤　2kg</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D92" s="0" t="inlineStr">
+        <is>
+          <t>4902424450095</t>
+        </is>
+      </c>
+      <c r="E92" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F92" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月22日</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>4901433126571</t>
+          <t>4902424426069</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウ０１</t>
+          <t>カダン除草王オールキラー粒剤</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D93" s="0" t="inlineStr">
+        <is>
+          <t>4902424450071</t>
+        </is>
+      </c>
+      <c r="E93" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F93" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>4901433126588</t>
+          <t>4902424426076</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウ０２</t>
+          <t>カダン除草王オールキラー粒剤　900g</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D94" s="0" t="inlineStr">
+        <is>
+          <t>4902424450088</t>
+        </is>
+      </c>
+      <c r="E94" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F94" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>4901433126595</t>
+          <t>4902424426410</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウ０３</t>
+          <t>カダン除草王オールキラー粒剤　3kg</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D95" s="0" t="inlineStr">
+        <is>
+          <t>4902424450101</t>
+        </is>
+      </c>
+      <c r="E95" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F95" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>4901433126601</t>
+          <t>4902424433807</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウ０４</t>
+          <t>カダン　アリカダン粉剤７００ｇ</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D96" s="0" t="inlineStr">
+        <is>
+          <t>4902424450125</t>
+        </is>
+      </c>
+      <c r="E96" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F96" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>4901433126625</t>
+          <t>4902424433814</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウペンシル０１入替</t>
+          <t>カダン　アリカダン粉剤徳用１．２ｋｇ</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D97" s="0" t="inlineStr">
+        <is>
+          <t>4902424450132</t>
+        </is>
+      </c>
+      <c r="E97" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F97" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>4901433126632</t>
+          <t>4902424440911</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウペンシル０２入替</t>
+          <t>虫よけ除草王2L</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D98" s="0" t="inlineStr">
+        <is>
+          <t>4902424449990</t>
+        </is>
+      </c>
+      <c r="E98" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F98" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>4901433126649</t>
+          <t>4902424440928</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウペンシル０３入替</t>
+          <t>虫よけ除草王１０００ＭＬ</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D99" s="0" t="inlineStr">
+        <is>
+          <t>4902424449983</t>
+        </is>
+      </c>
+      <c r="E99" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F99" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>4901433126656</t>
+          <t>4902424444636</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウペンシル０４入替</t>
+          <t>カダン除草王ビネガ－キラ－2L</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D100" s="0" t="inlineStr">
+        <is>
+          <t>4902424450033</t>
+        </is>
+      </c>
+      <c r="E100" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ビネガーキラー</t>
+        </is>
+      </c>
+      <c r="F100" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>4901433126670</t>
+          <t>4906156801873</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウパウダー０１入替</t>
+          <t>ミューズメン石鹸</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2023年03月20日</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月16日</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>4901433126687</t>
+          <t>4595121167054</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウパウダー０２入替</t>
+          <t>幅広先細ハブラシ</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年12月08日</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>4901433126694</t>
+          <t>4901696534045</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカートリッジＷアイブロウパウダー０３入替</t>
+          <t>無添加石けん　洗顔フォーム</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年12月08日</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>4901433126809</t>
+          <t>4521684202543</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　スタイリングマスカラ０１</t>
+          <t>ＮＭＧ０４西宮指定プラスチック４５Ｌ</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年12月05日</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>4901433126816</t>
+          <t>4903301349358</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　スタイリングマスカラ０２</t>
+          <t>業務用　ソフラン　アロマリッチ　キャサリン</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年12月03日</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>4901433126960</t>
+          <t>4524963011119</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイブロウ０１</t>
+          <t>水あか防止スプレー＋</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>4901433126977</t>
+          <t>4549980592359</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイブロウ０２</t>
+          <t>ＦＬ４０ＳＤＳＤＬＦ３　自然色形蛍光灯</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>4901433126984</t>
+          <t>4902407330536</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイブロウ０３</t>
+          <t>レンジでゆたぽんおしりホット</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>4901433126991</t>
+          <t>4973307636790</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイブロウ０４</t>
+          <t>歯ブラシ３本セット　いないいないばあっ２３</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>4901433156011</t>
+          <t>4901422365226</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>フェルムハイカバーコンシーラ０１</t>
+          <t>ダストマン▽（サンカク）５０枚</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年09月21日</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>4901433156325</t>
+          <t>4902011789034</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　プレストパウダーＵＶ０１</t>
+          <t>ナチュラ　さら肌さらり吸水ナプキン　中量用　２２枚</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2022年03月15日</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>4901433156332</t>
+          <t>4973307436055</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　プレストパウダーＵＶ０２</t>
+          <t>救急ばんそうこう　トミカ１９　ＱＱＢ１</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月28日</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>4901433156356</t>
+          <t>4525636322747</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　プレストパウダーＵＶ０１入替用</t>
+          <t>すみっコぐらし　ボディスポンジ３　しろくま</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月26日</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>4901433156363</t>
+          <t>4987973221310</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　プレストパウダーＵＶ０２入替用</t>
+          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　スカイブルー</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月26日</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>4901433156424</t>
+          <t>4513574037854</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>フェルムスティックコンシーラー０１</t>
+          <t>ディブ　ＣＩＣＡ　ハイドロ　モイスチャージェル</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>4901433156431</t>
+          <t>4902050210490</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>フェルムスティックコンシーラー０２</t>
+          <t>ＦＵＮＳ　Ｌｕｘｕｒｙ柔軟剤Ｎｏ９２詰替</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>4901433156752</t>
+          <t>4902468297038</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ０１</t>
+          <t>リペア＆バランス　スキンケアパウダー</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>4901433156776</t>
+          <t>4904735055907</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ１０</t>
+          <t>パックスベビー　洗濯せっけん　詰替用</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>4901433156783</t>
+          <t>4973512260858</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ２１</t>
+          <t>ハッピーエレファント　柔軟仕上げ剤</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>4901433156806</t>
+          <t>4521684999863</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ０１入替</t>
+          <t>プレミアムフィット手袋Ｓ　ＰＧＴ１１</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>4901433156813</t>
+          <t>4521684999870</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ０２入替</t>
+          <t>プレミアムフィット手袋Ｍ　ＰＧＴ１２</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>4901433156820</t>
+          <t>4521684999887</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ１０入替</t>
+          <t>ＰＧＴ１３プレミアムフィット手袋Ｌ</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>4901433156837</t>
+          <t>4538353820847</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ肌ファンデ２１入替</t>
+          <t>リボン付きバスフラワー　モーブピンク</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>4901433156882</t>
+          <t>4548404101047</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ０１</t>
+          <t>キクロン　ヤシの実虎たわし</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>4901433156899</t>
+          <t>4548404101092</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ０２</t>
+          <t>新キクロンｆ　あわもっちー　袋入</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D125" s="0" t="inlineStr">
+        <is>
+          <t>4548404102686</t>
+        </is>
+      </c>
+      <c r="E125" s="0" t="inlineStr">
+        <is>
+          <t>あわもっちー　キッチンスポンジ</t>
+        </is>
+      </c>
+      <c r="F125" s="0" t="inlineStr">
+        <is>
+          <t>2025年11月04日</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>4901433156905</t>
+          <t>4548404101665</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ１０</t>
+          <t>スリムフィット　グリーン　袋入</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>4901433156912</t>
+          <t>4548404102433</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ２１</t>
+          <t>スリムフィット２Ｐ</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>4901433156936</t>
+          <t>4562161952650</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ入替０１</t>
+          <t>ＣＲ３７０どうぶつ親子のフードパック２ｉｎ１</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>4901433156943</t>
+          <t>4562378463505</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ入替０２</t>
+          <t>消毒用エタノールＩＰ「ＳＰ」ＳＰ３</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D129" s="0" t="inlineStr">
+        <is>
+          <t>4562378466100</t>
+        </is>
+      </c>
+      <c r="E129" s="0" t="inlineStr">
+        <is>
+          <t>消毒用エタノールＩＰ</t>
+        </is>
+      </c>
+      <c r="F129" s="0" t="inlineStr">
+        <is>
+          <t>2024年09月17日</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>4901433156950</t>
+          <t>4562378463512</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ入替１０</t>
+          <t>消毒用エタノールＩＰスプレー</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D130" s="0" t="inlineStr">
+        <is>
+          <t>4562378466124</t>
+        </is>
+      </c>
+      <c r="E130" s="0" t="inlineStr">
+        <is>
+          <t>消毒用エタノールＩＰスプレー</t>
+        </is>
+      </c>
+      <c r="F130" s="0" t="inlineStr">
+        <is>
+          <t>2024年09月17日</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>4901433156967</t>
+          <t>4580131770127</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムカバーして明るい肌パウダーファンデ入替２１</t>
+          <t>ミントの香りのトイレクリーナー３０枚</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>4901433170819</t>
+          <t>4901451164227</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>フェルムエッセンスＢＢクリームＵＶ０１</t>
+          <t>カピバラさん保湿ミニポケットティシュ６個</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>4901433170826</t>
+          <t>4901772403890</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>フェルムエッセンスＢＢクリームＵＶ０２</t>
+          <t>スパイファミリーミニポケットティシュ６Ｐ</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>4901433172042</t>
+          <t>4901772403906</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとり密着化粧下地</t>
+          <t>スパイファミリー水に流せるポケット９Ｐ</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>4901433457637</t>
+          <t>4903018183726</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>フェルム明るくカバークリームファンデ　０１</t>
+          <t>YANAGIYA１６１５　ＶＣトニック　無香料</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>4901433457651</t>
+          <t>4903018183733</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>フェルム明るくカバークリームファンデ　１０</t>
+          <t>YANAGIYA１６１５　ＶＣトニック　無香料ＵＣ</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2025年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>4970061077159</t>
+          <t>4903018206210</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>ポアトル角質ピーリングジェルＥＸＦ</t>
+          <t>ＣＯＨＡＲＵ　Ｓオイル　＜スムース＆Ｓ＞</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>2025年02月28日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>4901433037785</t>
+          <t>4903018261042</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０１</t>
+          <t>ジェノスヘアクリーム＜モイスチャー＞</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>4901433037792</t>
+          <t>4903301249016</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０２</t>
+          <t>デントヘルス　薬用ハミガキ　無研磨ゲル</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>4901433037815</t>
+          <t>4903301249047</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０４</t>
+          <t>デントヘルス　薬用ハミガキ　しみるブロック</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>4901433037839</t>
+          <t>4903301264866</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０６</t>
+          <t>リードヘルシークッキングペーパー大１０枚</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>4901433037846</t>
+          <t>4949176055482</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０７</t>
+          <t>ダニ捕りハウス２枚入</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>4901433037853</t>
+          <t>4949176099516</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム華やかに彩るアイカラー０８</t>
+          <t>背中腰健康ふみ竹ぐりんぐりん　グリーン</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>4901433038317</t>
+          <t>4949176099585</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム　華やかに彩るアイカラー０９</t>
+          <t>背中腰健康ふみ竹ぐりんぐりん　ピンク</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>4901433105613</t>
+          <t>4950367052777</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムリップライナーＮ０１</t>
+          <t>天然精油のパークスプレー</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>4901433105620</t>
+          <t>4956810804597</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムリップライナーＮ０２</t>
+          <t>おにぎリング</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>4901433105637</t>
+          <t>4970883006856</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムリップライナーＮ０４</t>
+          <t>デルガードクイックパッド　ふつうサイズ１０枚</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D147" s="0" t="inlineStr">
+        <is>
+          <t>4970883015797</t>
+        </is>
+      </c>
+      <c r="E147" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　ふつう</t>
+        </is>
+      </c>
+      <c r="F147" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>4901433109567</t>
+          <t>4970883006863</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムリップカラー＆ベース０１</t>
+          <t>デルガードクイックパッド　大きめサイズ６枚</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D148" s="0" t="inlineStr">
+        <is>
+          <t>4970883015803</t>
+        </is>
+      </c>
+      <c r="E148" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　大きめ</t>
+        </is>
+      </c>
+      <c r="F148" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>4901433126465</t>
+          <t>4970883008522</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>フェルム　アイブロウコート</t>
+          <t>デルガードクイックパッド　ミニ１０枚</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D149" s="0" t="inlineStr">
+        <is>
+          <t>4970883015865</t>
+        </is>
+      </c>
+      <c r="E149" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　ミニ</t>
+        </is>
+      </c>
+      <c r="F149" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>4901433127011</t>
+          <t>4970883008539</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムアイブロウマスカラ０１</t>
+          <t>デルガードクイックパッド　ワイド４枚</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D150" s="0" t="inlineStr">
+        <is>
+          <t>4970883015889</t>
+        </is>
+      </c>
+      <c r="E150" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　ワイド</t>
+        </is>
+      </c>
+      <c r="F150" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>4901433127028</t>
+          <t>4970883008546</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムアイブロウマスカラ０２</t>
+          <t>デルガードクイックパッド　指用６枚</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D151" s="0" t="inlineStr">
+        <is>
+          <t>4970883015858</t>
+        </is>
+      </c>
+      <c r="E151" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　指用</t>
+        </is>
+      </c>
+      <c r="F151" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>4901433172004</t>
+          <t>4970883011850</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムトーンアップ化粧下地Ｎ０１</t>
+          <t>阿蘇製薬　デルガード　クイックパッド　スポット　１０枚</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D152" s="0" t="inlineStr">
+        <is>
+          <t>4970883015872</t>
+        </is>
+      </c>
+      <c r="E152" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　スポット</t>
+        </is>
+      </c>
+      <c r="F152" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>4901433172011</t>
+          <t>4970883011867</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムトーンアップ化粧下地Ｎ０２</t>
+          <t>阿蘇製薬　デルガード　クイックパッド　水仕事用　１０枚</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D153" s="0" t="inlineStr">
+        <is>
+          <t>4970883015810</t>
+        </is>
+      </c>
+      <c r="E153" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　水仕事用</t>
+        </is>
+      </c>
+      <c r="F153" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>4901433172233</t>
+          <t>4970883012246</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスキンケアベース</t>
+          <t>阿蘇製薬　デルガード　クイックパッド　靴ずれ６枚</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>2024年09月30日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D154" s="0" t="inlineStr">
+        <is>
+          <t>4970883015827</t>
+        </is>
+      </c>
+      <c r="E154" s="0" t="inlineStr">
+        <is>
+          <t>デルガード　クイックパッド　靴ずれ用</t>
+        </is>
+      </c>
+      <c r="F154" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>4901433126205</t>
+          <t>4970883013540</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>フェルムスムースフィットアイライナーＥＸ０１</t>
+          <t>デルガード鼻孔拡張テープクリア２０枚</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="D155" s="0" t="inlineStr">
+        <is>
+          <t>4970883015988</t>
+        </is>
+      </c>
+      <c r="E155" s="0" t="inlineStr">
+        <is>
+          <t>デルガード鼻腔拡張テープ　クリアタイプ</t>
+        </is>
+      </c>
+      <c r="F155" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>4901433126212</t>
+          <t>4971633171886</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>フェルムスムースフィットアイライナーＥＸ０２</t>
+          <t>エルモア　ｆｕｋｕｔプレミアム　アルカリ電解水＋アルコール　２０枚</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>4901433126724</t>
+          <t>4971633171923</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムラスティングアイライナーＥＸ０１</t>
+          <t>エルモア　ｆｕｋｕｔプレミアム　セスキ＋アルコール　２０枚</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>4901433126731</t>
+          <t>4971633171947</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムラスティングアイライナーＥＸ０２</t>
+          <t>エルモア　ｆｕｋｕｔプレミアム　アルコールキッチン除菌　２０枚</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>4901433126939</t>
+          <t>4975759201946</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイライナー０１</t>
+          <t>ＣＬＯＴＨ－ｉ（クロスアイ）　グランセーマ</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>4901433126946</t>
+          <t>4977033117134</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムスムースタッチアイライナー０２</t>
+          <t>ぽかんとたん６コパック</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>4901433171809</t>
+          <t>4987205286759</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムくずれ防止化粧下地</t>
+          <t>シエロ　デザイニングカラー　テラコッタブラウン</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>2024年03月31日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>4976631150093</t>
+          <t>4903111157907</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　ホットライフ泡ボディーソープ</t>
+          <t>ムーニーおしりふきやわらか厚手詰替６０枚×３</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>2023年07月21日</t>
+          <t>2025年10月30日</t>
+        </is>
+      </c>
+      <c r="D162" s="0" t="inlineStr">
+        <is>
+          <t>4903111698264</t>
+        </is>
+      </c>
+      <c r="E162" s="0" t="inlineStr">
+        <is>
+          <t>ムーニーおしりふき水分たっぷり厚手詰替６４枚×３個</t>
+        </is>
+      </c>
+      <c r="F162" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月07日</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>4976631605005</t>
+          <t>4987205286667</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>こども無添加３コパック</t>
+          <t>シエロ　デザイニングカラー　ヌーディオークル</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>2023年07月07日</t>
+          <t>2025年10月29日</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>4976631605067</t>
+          <t>4903018183566</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>家族の無添加ソープ３コパック</t>
+          <t>柳屋フレッシュトニック　柑橘ＥＸ　微香性</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>2023年06月07日</t>
+          <t>2025年10月28日</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>4901433037723</t>
+          <t>4891228309640</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ感アイカラー０１</t>
+          <t>スマートシェーブ　ｂｙ　Ｓｃｈｉｃｋ　コンボパック（ホルダー（刃付き）＋替刃７コ）</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>4901433037754</t>
+          <t>4902407025197</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルムしっとりツヤ感アイカラー０４</t>
+          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ　ピーチの香り　つめかえ用</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>4901433161176</t>
+          <t>4964596420979</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>フェルムブライトニングチーク０３</t>
+          <t>サナ　ボディリファイニング　シャンプー</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>4901433161367</t>
+          <t>4964596700804</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>フェルム　ブライトニングチーク</t>
+          <t>サナ　インプリファイン　スキンバリアベース　Ｍ　０２</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>4901433161428</t>
+          <t>4964596701429</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>フェルム立体感アップチーク０１</t>
+          <t>サナ　ニューボーン　クリーミーアイペンシルＥＸ　０４</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>4901433161435</t>
+          <t>0033200099901</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>フェルム立体感アップチーク０２</t>
+          <t>アーム＆ハンマー　クリーンバースト</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月24日</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>4901433161459</t>
+          <t>4580350289578</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>キスミーフェルム立体感アップチーク０４</t>
+          <t>デュラレックス　プリズム　２２０ＣＣ</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月24日</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>4976631477923</t>
+          <t>4580350289585</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>ファミリー馬油石鹸２個パック</t>
+          <t>デュラレックス　プリズム　２７５ＣＣ</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年10月24日</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>4976631477978</t>
+          <t>4987176203168</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　薬用ファミリー柿渋石鹸２個パック</t>
+          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>2023年03月17日</t>
+          <t>2025年10月24日</t>
+        </is>
+      </c>
+      <c r="D173" s="0" t="inlineStr">
+        <is>
+          <t>4987176341075</t>
+        </is>
+      </c>
+      <c r="E173" s="0" t="inlineStr">
+        <is>
+          <t>パンパース　肌へのいちばん　パンツ　Ｍサイズ　たっち　スーパージャンボ</t>
+        </is>
+      </c>
+      <c r="F173" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月20日</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>4976631477701</t>
+          <t>4903111517879</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>ファミリー柿渋石鹸２Ｐ</t>
+          <t>超快適ＳＭＡＲＴＣＯＬＯＲ　ＰＩＮＫ　ふつう</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>2023年03月02日</t>
+          <t>2025年10月23日</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>4972853015028</t>
+          <t>4903367305367</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香草原の輝き</t>
+          <t>おうちの除菌スプレー　本体</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月21日</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>4972853015035</t>
+          <t>4903367306296</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香微睡の海</t>
+          <t>銀光液</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月21日</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>4972853015059</t>
+          <t>4987973113660</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香レディシトラス</t>
+          <t>キューピーコーワヒーリングドリンク　１００ｍｌ×１０本</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月21日</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>4972853015073</t>
+          <t>4987973220399</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香沈の香り</t>
+          <t>バンテリンコーワサポーター　親指専用　ｆｏｒＥ－ｓｐｏｒｔｓ　Ｍ－Ｌサイズ　ブラック×ネオンオレンジ</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月21日</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>4972853015080</t>
+          <t>4520699613375</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香檀の香り</t>
+          <t>１週間消臭抗菌デオトイレ取替専用消臭サンド</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月17日</t>
+        </is>
+      </c>
+      <c r="D179" s="0" t="inlineStr">
+        <is>
+          <t>4520699680568</t>
+        </is>
+      </c>
+      <c r="E179" s="0" t="inlineStr">
+        <is>
+          <t>デオトイレ　飛び散らない消臭抗菌サンド</t>
+        </is>
+      </c>
+      <c r="F179" s="0" t="inlineStr">
+        <is>
+          <t>2010年03月01日</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>4972853015097</t>
+          <t>4570112700724</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香雅の香り</t>
+          <t>するりんぱ　サポートソックス　ピンクブラウン</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>4972853016117</t>
+          <t>4571113807092</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香微睡の海</t>
+          <t>オーラルスプラッシュ　フレッシュミント　大</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>4972853016124</t>
+          <t>4571113807108</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香草原の輝き</t>
+          <t>オーラルスプラッシュペパーミント大</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>4972853016131</t>
+          <t>4903367092564</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香百花の舞</t>
+          <t>アロマソフター　シャイニングローズ　詰替え</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>4972853016148</t>
+          <t>4901316677244</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香ミラクルフローラル</t>
+          <t>ＬＭ６７７２４　丸ゴム　太　黒</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月10日</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>4972853016186</t>
+          <t>4971671192072</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香檀の香り</t>
+          <t>スニーカーケアレザーシャンプー</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月08日</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>4972853016193</t>
+          <t>4971671192089</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>紐のお香美香雅の香り</t>
+          <t>スニーカーケアファブリックシャンプー</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2025年10月08日</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>4513574007406</t>
+          <t>4903111241149</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>ソフトスクリット　ボディソープ</t>
+          <t>ムーニー低刺激であんしんＳ５８枚</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>2019年08月31日</t>
+          <t>2025年10月06日</t>
+        </is>
+      </c>
+      <c r="D187" s="0" t="inlineStr">
+        <is>
+          <t>4903111569786</t>
+        </is>
+      </c>
+      <c r="E187" s="0" t="inlineStr">
+        <is>
+          <t>ムーニー低刺激Ｓ</t>
+        </is>
+      </c>
+      <c r="F187" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月07日</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>4513574007413</t>
+          <t>4543268104364</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>ソフトスクリット　リンスインシャンプー</t>
+          <t>肉球用みつろうクリーム</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>2019年08月31日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>4973307573064</t>
+          <t>4548514154490</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>不織布マスクくまのプーさん　ＭＳＫＰ４</t>
+          <t>きき湯ファインヒート　グレープフルーツの香り　詰替え用</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>4987176269102</t>
+          <t>4548514154506</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>レノアハピネス夢ふわタッチ華やかに香るアンティークローズの香り本体</t>
+          <t>きき湯ファインヒート　レモングラスの香り　詰替え用</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
-[...14 lines deleted...]
-          <t>2025年10月20日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>4901750883492</t>
+          <t>4548514154544</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>ポイズ肌ケアパッド超スリム＆コンパクト安心Ｓ</t>
+          <t>きき湯ファインヒート　レモングラスの香り</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>4903339783513</t>
+          <t>4548514158580</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>ウルトラハードクリーナー　サニプロテクト</t>
+          <t>ポッピンアロマ　気分ごきげんフローラル</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>4973307573057</t>
+          <t>4548514158603</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>不織布マスクミッキーマウス　ＭＳＫＰ４</t>
+          <t>ポッピンアロマ　気分ごきげんフローラル　つめかえ用</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>4903111126927</t>
+          <t>4548514158610</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>ムーニー水あそびパンツピンクビッグ１０枚</t>
+          <t>ポッピンアロマ　気分はずむシトラス　つめかえ用</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>4973307626586</t>
+          <t>4548514158627</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>不織布子供マスク２５Ｐ　プラレール　ＭＳＫＰ２５</t>
+          <t>ポッピンアロマ　気分ごきげんフローラル</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>4987176253798</t>
+          <t>4548514158634</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズイージークリップ抗菌エキスパートクリーン・エメラルド・ブリーズ２個パック</t>
+          <t>ポッピンアロマ　気分はずむシトラス</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
-[...14 lines deleted...]
-          <t>2025年10月27日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>4987176253958</t>
+          <t>4548514158658</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズイージークリップ抗菌エキスパートクリーン・ブルー・シャボン２個パック</t>
+          <t>発泡の素</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
-[...14 lines deleted...]
-          <t>2025年10月27日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>4987176269065</t>
+          <t>4548514516496</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>レノアハピネス夢ふわタッチリラックスナイトホワイトムスクの香り本体</t>
+          <t>モルティ　薬用スカルプクリア</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
-[...14 lines deleted...]
-          <t>2025年10月20日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>4987176269089</t>
+          <t>4901433072410</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>レノアハピネス夢ふわタッチヴェルベットブロッサム＆フローラルの香り本体</t>
+          <t>サンキラーパーフェクトストロングＺ</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
-[...14 lines deleted...]
-          <t>2025年10月20日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>4535304709466</t>
+          <t>4901601301083</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Ｑつみドラえもんバスボール　６５ｇ</t>
+          <t>ＨＣ３６０６キャップ付ツメヤスリ</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D200" s="0" t="inlineStr">
+        <is>
+          <t>4901601079388</t>
+        </is>
+      </c>
+      <c r="E200" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００６　クレアートリー　キャップ付ツメヤスリ</t>
+        </is>
+      </c>
+      <c r="F200" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>4902704568915</t>
+          <t>4901601301137</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>ＢＦ－ＡＦ２０Ｐ－Ｇ　ＬＥＤクリップライトグリーン</t>
+          <t>ＨＣ３６１１ツメミガキ　３ＷＡＹ</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D201" s="0" t="inlineStr">
+        <is>
+          <t>4901601079418</t>
+        </is>
+      </c>
+      <c r="E201" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００９　クレアートリー　ツメミガキ　３ＷＡＹ</t>
+        </is>
+      </c>
+      <c r="F201" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>4548514157149</t>
+          <t>4901601305883</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>大人のバスクリン　魅惑のピンクレモンの香り</t>
+          <t>サファイヤツメヤスリ　ＨＣ３６１３</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D202" s="0" t="inlineStr">
+        <is>
+          <t>4901601079395</t>
+        </is>
+      </c>
+      <c r="E202" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００７　クレアートリー　サファイヤツメヤスリ</t>
+        </is>
+      </c>
+      <c r="F202" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>4548514158818</t>
+          <t>4950367104162</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒートとアヒル隊長　今度は速い！？謎色セット</t>
+          <t>かばん用除湿・消臭剤</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>4901422360160</t>
+          <t>4956810803040</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>キチントさん　ダストマン△（サンカク）　２０枚</t>
+          <t>スピンホイール　コランダー　オーバル（レッド）</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>2025年09月21日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>4901872835317</t>
+          <t>4520699644270</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>プリペア　顔そり用（Ｌ）</t>
+          <t>デオトイレ針葉樹の消臭・抗菌チップ</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月03日</t>
+          <t>2025年08月31日</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>4901872841981</t>
+          <t>4902425619088</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>フレッシィドライシャンプーボトル</t>
+          <t>あわ入浴剤　アンパンマン　ボトルタイプ</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月03日</t>
+          <t>2025年07月31日</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>4902430720700</t>
+          <t>4987176195937</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>レノアオードリュクスマインドフルネスシリーズアロマジュエル　リラックスの香り</t>
+          <t>ウィスパーうすさら吸水　３０ｃｃ　２２枚　無香料</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年06月06日</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>4987176195234</t>
+          <t>4976631481241</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　フルーティー・クラシック・ブーケ２個パック</t>
+          <t>ペリカンモイスチャーソープ１０個セット</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年05月09日</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>4987176195241</t>
+          <t>4970061077159</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　フルーティー・クラシック・ブーケ</t>
+          <t>ポアトル角質ピーリングジェルＥＸＦ</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年02月28日</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>4987176195258</t>
+          <t>4976631150093</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　グリーン・シトラス・ガーデン２個パック</t>
+          <t>ペリカン　ホットライフ泡ボディーソープ</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年07月21日</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>4987176195265</t>
+          <t>4976631605005</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　フレッシュ・クリーン・ラベンダー２個パック</t>
+          <t>こども無添加３コパック</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年07月07日</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>4987176195272</t>
+          <t>4976631605067</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　ナチュラル・マウンテン・エア２個パック</t>
+          <t>家族の無添加ソープ３コパック</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年06月07日</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>4987176195289</t>
+          <t>4976631477923</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　ウルトラ・フレッシュ・シャボン２個パック</t>
+          <t>ファミリー馬油石鹸２個パック</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年03月31日</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>4987176195296</t>
+          <t>4976631477978</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　グリーン・シトラス・ガーデン</t>
+          <t>ペリカン　薬用ファミリー柿渋石鹸２個パック</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年03月17日</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>4987176195302</t>
+          <t>4976631477701</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　フレッシュ・クリーン・ラベンダー</t>
+          <t>ファミリー柿渋石鹸２Ｐ</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2023年03月02日</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>4987176195319</t>
+          <t>4972853015073</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　ナチュラル・マウンテン・エア</t>
+          <t>紙のお香美香沈の香り</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2021年02月28日</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>4987176195326</t>
+          <t>4995860518047</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤＋抗菌　ウルトラ・フレッシュ・シャボン</t>
+          <t>虫よけビーズ２つめかえ用レモンの香り</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年12月04日</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>4987176212436</t>
+          <t>4901696534069</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>レノアオードリュクス　マインドフルネスシリーズアロマジュエル　リラックスの香り　詰替　特大サイズ　８５５ＭＬ</t>
+          <t>無添加米ぬか洗顔フォーム</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>4987176232342</t>
+          <t>4902050620510</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤　消臭成分最高レベル　フレッシュ・シトラス</t>
+          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　本体</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>4987176232359</t>
+          <t>4902050620534</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズＷ消臭　トイレ用消臭剤　消臭成分最高レベル　フレッシュ・シトラス　２個パック</t>
+          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　本体</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>4987176241153</t>
+          <t>4902050620541</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>レノアオードリュクスマインドフルネスシリーズアロマジュエルサンデー本体</t>
+          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　詰替用</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>4987176241160</t>
+          <t>4973512260865</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>レノアオードリュクスマインドフルネスシリーズアロマジュエルサンデーつめかえ用特大サイズ</t>
+          <t>ハッピーエレファント　柔軟仕上げ剤　詰替</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月21日</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>4987176312228</t>
+          <t>4903111126316</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香りつめかえ用</t>
+          <t>ムーニー水あそびパンツピンクＬ１０枚</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月20日</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>4987176312273</t>
+          <t>4956810805044</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香りつめかえ用特大サイズ</t>
+          <t>ＣＵＴＴＩＮＧ　まな板シート</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月20日</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>4987176312303</t>
+          <t>4547691734242</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香り本体</t>
+          <t>リラックマ２０１３ホットタイプ</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月18日</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>4987176312402</t>
+          <t>4986399005825</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋやさしく香る超消臭フレッシュソープの香り本体</t>
+          <t>フレグランスフローラルソフターフローラルムスク</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月15日</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>4987176312457</t>
+          <t>4524963010648</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋやさしく香る超消臭フレッシュソープの香りつめかえ用特大サイズ</t>
+          <t>ダイヤモンドパッドｍｉｎｉ　陶器用</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月10日</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>4987176312495</t>
+          <t>4549660929628</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋやさしく香る超消臭フレッシュソープの香りつめかえ用</t>
+          <t>救急ばんそうこう　リラックマ</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月07日</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>4987176312549</t>
+          <t>4549660964315</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香りつめかえ用超特大サイズ</t>
+          <t>リンスインシャンプー　パウ・パトロール</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月07日</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>4987176312624</t>
+          <t>4902407330758</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>レノア超消臭１ｗｅｅｋやさしく香る超消臭フレッシュソープの香りつめかえ用超特大サイズ</t>
+          <t>リラックスゆたぽん　腰・おなか２ｗａｙホット　ほぐれる温蒸気</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>2025年09月19日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年11月06日</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>4902011890327</t>
+          <t>4971633171909</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりよれスッキリ吸水ナプキン２０．５ｃｍ３０ｃｃ２４枚</t>
+          <t>エルモア　ｆｕｋｕｔプレミアム　重曹＋アルコール　２０枚</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>4902011890396</t>
+          <t>4973307664731</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりコットン１００％よれスッキリ吸水ナプキン２０．５ｃｍ３０ｃｃ２２枚</t>
+          <t>デンタルキット（歯ブラシ付）　アリス　ＴＲＫＳ１</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年10月24日</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>4902011890426</t>
+          <t>4901065748769</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりよれスッキリ吸水ナプキン２０．５ｃｍ３０ｃｃ大容量４８枚</t>
+          <t>シャワーマット　ニューセルポート　ＩＶ</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年10月20日</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>4902011890433</t>
+          <t>4901750883492</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりよれスッキリ吸水ナプキン２４ｃｍ５０ｃｃ大容量３９枚</t>
+          <t>ポイズ肌ケアパッド超スリム＆コンパクト安心Ｓ</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>4902011890440</t>
+          <t>4903339783513</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりよれスッキリ吸水ナプキン２６ｃｍ６５ｃｃ大容量３２枚</t>
+          <t>ウルトラハードクリーナー　サニプロテクト</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>4902011890464</t>
+          <t>4548514157149</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>ナチュラさら肌さらりコットン１００％よれスッキリ吸水ナプキン２０．５ｃｍ３０ｃｃ大容量４５枚</t>
+          <t>大人のバスクリン　魅惑のピンクレモンの香り</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>2025年09月18日</t>
-[...14 lines deleted...]
-          <t>2025年09月15日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>4903301323327</t>
+          <t>4548514158818</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>ルック　プラス　泡ピタトイレ洗浄スプレー　ウォーターリリーの香り　本体</t>
+          <t>きき湯ファインヒートとアヒル隊長　今度は速い！？謎色セット</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月26日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>4903301339847</t>
+          <t>4964596483585</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>ルックプラス　泡ピタ　トイレ洗浄スプレー　クールシトラスの香り　つめかえ用大サイズ</t>
+          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０２</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月26日</t>
+          <t>2025年09月16日</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>4903301339939</t>
+          <t>4964596483592</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>ルックプラス　泡ピタ　トイレ洗浄スプレー　ウォーターリリーの香り　つめかえ用大サイズ</t>
+          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０３</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月26日</t>
+          <t>2025年09月16日</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>4903301350590</t>
+          <t>4903367302939</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　スタンダ－ド　つめかえ用　特大</t>
+          <t>エンジョイアワーズ　さわやかな柑橘系の香り</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月18日</t>
+          <t>2025年09月11日</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>4903301350668</t>
+          <t>4901792141208</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　ニオイ専用　本体大</t>
+          <t>ナイスハンドポイ　（ポリエチレン製）</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月05日</t>
+          <t>2025年09月10日</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>4903301350767</t>
+          <t>4538353796074</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　ＰＲＯ　本体　大</t>
+          <t>旅人の洗剤</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月18日</t>
+          <t>2025年05月31日</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月25日</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>4903301350774</t>
+          <t>4589581114994</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　ＰＲＯ　つめかえ用　特大</t>
+          <t>ハンドクリーム　ちいかわ　ＣＭＨＣ１</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月18日</t>
+          <t>2025年11月17日</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>4903301350781</t>
+          <t>4902050620527</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　ＰＲＯ　つめかえ用　超特大</t>
+          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　詰替用</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>2025年09月17日</t>
-[...14 lines deleted...]
-          <t>2025年09月18日</t>
+          <t>2025年11月17日</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>4549660813231</t>
+          <t>4973307439575</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>びっくらたまご　のぼせあにまるず</t>
+          <t>子供立体マスクしまじろう１８　ＭＳＫＳ３</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2025年11月17日</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>4902468144066</t>
+          <t>4973307357626</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>ＳＥＡＳＯＮＳ　アフターケアトリートメント＜極ハード＞</t>
+          <t>超軽量両手ストローステンＢしまじろう　ＳＴＷＭ３</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2025年11月14日</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>4903367302939</t>
+          <t>4901559215494</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>エンジョイアワーズ　さわやかな柑橘系の香り　２５０ｍｌ</t>
+          <t>いい湯旅立ち　納涼にごり湯の宿</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2025年11月12日</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>4987205286612</t>
+          <t>4901559215555</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ルーセントアッシュ</t>
+          <t>いい湯旅立ち　納涼にごり湯夏祭り</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2025年11月12日</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>4987205286742</t>
+          <t>4525636322655</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　シックグレージュ</t>
+          <t>すみっコぐらし　タオルキャップ３　ねこ</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2025年11月11日</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>4987072085776</t>
+          <t>4957589030019</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>消臭元パルファムブラン　玄関用</t>
+          <t>紳士ニットデザイン込み</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>2025年02月27日</t>
+          <t>2025年11月11日</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>4548514153233</t>
+          <t>4902741305498</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>バスクリン　薬湯　じんわり保温感</t>
+          <t>ＵＳＢ充電式　プラズマアークライターミニＢＰ</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月10日</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>4548514158641</t>
+          <t>4970883013533</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>デルガード鼻孔拡張テープベージュ２０枚</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年10月17日</t>
+        </is>
+      </c>
+      <c r="D252" s="0" t="inlineStr">
+        <is>
+          <t>4970883015971</t>
+        </is>
+      </c>
+      <c r="E252" s="0" t="inlineStr">
+        <is>
+          <t>デルガード鼻腔拡張テープ　ベージュタイプ</t>
+        </is>
+      </c>
+      <c r="F252" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月01日</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>4964596406577</t>
+          <t>4987176195869</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>サナ　なめらか本舗　薬用リンクルジェル　ホワイト</t>
+          <t>ウィスパーうすさら安心　１２０ｃｃ　１６枚　無香料</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>4964596700699</t>
+          <t>4987176195883</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>サナ　素肌記念日　薬用美白　フェイクヌードクリーム　ホワイトティーの香り</t>
+          <t>ウィスパーうすさら安心　８０ｃｃ　２０枚　無香料</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年10月17日</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>4964596701078</t>
+          <t>4976363122887</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０５</t>
+          <t>ラブリネス　ガーデンシロップ</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年10月16日</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>4548514154452</t>
+          <t>4902430341479</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り</t>
+          <t>ファブリーズ　ナチュリス　ダマスクローズ＆ゼラニウム</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>4902050444611</t>
+          <t>4903301351436</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>ランドリークラブ　洗濯槽クリーナー</t>
+          <t>業務用　ＮＡＮＯＸ　Ｏｎｅ　スタンダード</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>8809709230938</t>
+          <t>4987205286711</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>マジックプレスＭＪＰ＿１７０ＣＦ　ミスティコーラル</t>
+          <t>シエロ　デザイニングカラー　ローズピンク</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年10月15日</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>4901121203041</t>
+          <t>4548514153233</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>プレミアムソフトトイレットロール　１．５倍巻　８ロール　シングル　８２．５Ｍ</t>
+          <t>バスクリン　薬湯　じんわり保温感</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月14日</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>4901121209982</t>
+          <t>4548514158641</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>ネピアプレミアムソフトトイレットロール１．５倍巻１２ロールシングル８２．５ｍ</t>
+          <t>発泡の素</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月14日</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>4901121209999</t>
+          <t>4964596406577</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>ネピアプレミアムソフトトイレットロール１．８倍巻８ロールシングル１００Ｍ</t>
+          <t>サナ　なめらか本舗　薬用リンクルジェル　ホワイト</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月14日</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>4901121210599</t>
+          <t>4964596700699</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>ネピアプレミアムソフトトイレットロール１２ロールシングル５５ｍ</t>
+          <t>サナ　素肌記念日　薬用美白　フェイクヌードクリーム　ホワイトティーの香り</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月14日</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>4901121262802</t>
+          <t>4964596701078</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>ネピアロングトイレット８Ｒダブル</t>
+          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０５</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月14日</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>4901121264509</t>
+          <t>4548514154452</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>ネピアロングトイレットロール１２Ｒダブル４５Ｍ無香料</t>
+          <t>きき湯ファインヒート　グレープフルーツの香り</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月10日</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>4901121273761</t>
+          <t>4902050444611</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>ネピアプレミアムソフトトイレットロール１．８倍巻８ロールダブル５４Ｍ</t>
+          <t>ランドリークラブ　洗濯槽クリーナー</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>2025年09月12日</t>
-[...14 lines deleted...]
-          <t>2025年09月22日</t>
+          <t>2025年10月10日</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>4902011831504</t>
+          <t>8809709230938</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>エリエール　Ｚｕｔｔｏ　ムレ爽快　ふつうサイズ　３０枚</t>
+          <t>マジックプレスＭＪＰ＿１７０ＣＦ　ミスティコーラル</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>2025年09月10日</t>
-[...14 lines deleted...]
-          <t>2025年08月31日</t>
+          <t>2025年10月10日</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月19日</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>4902011831511</t>
+          <t>4548404201426</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>エリエール　Ｚｕｔｔｏ　ムレ爽快　小さめサイズ　３０枚</t>
+          <t>背中美女　ボディタオル　ピンク</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>2025年09月10日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="D267" s="0" t="inlineStr">
         <is>
-          <t>4902011121131</t>
+          <t>4548404201792</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
-          <t>エリエールマスク　ムレ爽快　小さめサイズ</t>
+          <t>背中美女</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
-          <t>2025年08月31日</t>
+          <t>2025年11月04日</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>4976558007579</t>
+          <t>4573544040017</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>歯みがきようじ５本入</t>
+          <t>ゴキすぅ―ぽん　１個</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>2025年11月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>4513574015005</t>
+          <t>4573544040062</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>サロンリンク　エクストラトリートメント　２５０Ｇ</t>
+          <t>ゴキすぅ～ぽん　３個</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>4521684999863</t>
+          <t>4580788530013</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｓ　ＰＧＴ１１</t>
+          <t>スーパーナノバブルトルネーダＳＰ　洗濯機用　１個</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>4521684999870</t>
+          <t>4589478260261</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｍ　ＰＧＴ１２</t>
+          <t>ルース　スパークリングシャンプー</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>4521684999887</t>
+          <t>4589478260308</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>ＰＧＴ１３プレミアムフィット手袋Ｌ</t>
+          <t>ルース　シャンプーバー</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>4548404101047</t>
+          <t>4589478260346</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>キクロン　ヤシの実虎たわし</t>
+          <t>リホーム　ミクロクレンザー</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>4548404101092</t>
+          <t>4901080045515</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>新キクロンｆ　あわもっちー　袋入</t>
+          <t>アースガーデン　ハイパーお庭の虫コロリ　速効撃滅ジェット</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年11月04日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>4548404101665</t>
+          <t>4902125150027</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット　グリーン　袋入</t>
+          <t>プレミアム毎日香　アクア　大型バラ詰</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>4548404102433</t>
+          <t>4902125263451</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット２Ｐ</t>
+          <t>かたりべラベンダー／白梅　進物　４箱入　化粧箱入</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>4548404200979</t>
+          <t>4902125266032</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>キクロンｆ　あわもっちーボディスポンジ　オレンジ　袋入</t>
+          <t>やさしい時間　朝のアールグレイティーの香り　バラ詰</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年11月04日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>4562161952650</t>
+          <t>4902125520653</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>ＣＲ３７０どうぶつ親子のフードパック２ｉｎ１</t>
+          <t>エスプリドナチュールプラム　リキッドエアーフレッシュナー</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>4562378463505</t>
+          <t>4902125520677</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰ「ＳＰ」ＳＰ３</t>
+          <t>エスプリ　ド　ナチュール　ツバキリキッド</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>4562378463512</t>
+          <t>4902125667396</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰスプレー</t>
+          <t>香伝　花の香り　サック２種入</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>4580131770127</t>
+          <t>4902125955158</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>ミントの香りのトイレクリーナー３０枚</t>
+          <t>毎日ローソク　小３号</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>4901451164227</t>
+          <t>4902125955196</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>カピバラさん保湿ミニポケットティシュ６個</t>
+          <t>毎日ローソク　小７．５号</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>4901772403890</t>
+          <t>4902393750578</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリーミニポケットティシュ６Ｐ</t>
+          <t>ＧＶＮ１９　西宮市その他プラ　とって１５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>4901772403906</t>
+          <t>4902393750585</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリー水に流せるポケット９Ｐ</t>
+          <t>ＧＶＮ３１　西宮市その他プラ　とって３０Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>4903301249016</t>
+          <t>4902393750592</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　無研磨ゲル</t>
+          <t>ＧＶＮ４３　西宮市その他プラ　４５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>4903301249047</t>
+          <t>4935959041117</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　しみるブロック</t>
+          <t>暁　せっけんクレンザー</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>4949176055482</t>
+          <t>4944109316289</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>ダニ捕りハウス２枚入</t>
+          <t>レイヤースタイルマスク　個別包装　アッシュグレー</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>4949176099516</t>
+          <t>4944109316296</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　グリーン</t>
+          <t>レイヤースタイルマスク　個別包装　ミルキーベージュ</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>4949176099585</t>
+          <t>4944109316777</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　ピンク</t>
+          <t>耳が痛くなりにくいＫＵＲＯＭＡＳＫ</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>4970883006856</t>
+          <t>4944109316784</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ふつうサイズ１０枚</t>
+          <t>耳が痛くなりにくいＧＲＡＹＭＡＳＫ</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>4970883008522</t>
+          <t>4970207120794</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ミニ１０枚</t>
+          <t>くまモンのプリント１２ロール　ダブル</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>4970883008539</t>
+          <t>4973202304503</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ワイド４枚</t>
+          <t>美容成分をはさんだとけだすスキンケアコットンビタミンＣ　ｉｎ</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>4970883008546</t>
+          <t>4973202801071</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　指用６枚</t>
+          <t>ダスポン排水口用</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>4970883011850</t>
+          <t>4971825017404</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　スポット　１０枚</t>
+          <t>デオナチュレ　直ヌリジェル石けん</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月19日</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>4970883011867</t>
+          <t>4550309270094</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　水仕事用　１０枚</t>
+          <t>スコッチ・ブライト　抗菌ウレタンスポンジたわしＳスリムサイズ　Ｓ－２５ＫＳ</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年11月05日</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>4970883012246</t>
+          <t>4902125106017</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　靴ずれ６枚</t>
+          <t>毎日香　進物型サック６入　包装品</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>4970883013540</t>
+          <t>4902125141001</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープクリア２０枚</t>
+          <t>山水香　大把　＃１４１</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>4977033117134</t>
+          <t>4902125145009</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>ぽかんとたん６コパック</t>
+          <t>山水香　バラ詰</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>4987205286667</t>
+          <t>4902125390003</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>シエロ デザイニングカラー ヌーディオークル</t>
+          <t>ＲＯＯＭＹ１２ＡＳ／ＣＯＮＥＳ</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>4987205286759</t>
+          <t>4902125617001</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　テラコッタブラウン</t>
+          <t>瑞雲　塗箱短寸</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年11月30日</t>
+        </is>
+      </c>
+      <c r="D300" s="0" t="inlineStr">
+        <is>
+          <t>4902125617049</t>
+        </is>
+      </c>
+      <c r="E300" s="0" t="inlineStr">
+        <is>
+          <t>瑞雲　塗箱短寸１０入</t>
+        </is>
+      </c>
+      <c r="F300" s="0" t="inlineStr">
+        <is>
+          <t>2024年06月21日</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>4970883013533</t>
+          <t>4902125893139</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープベージュ２０枚</t>
+          <t>アロマベラ　エッセンシャルオイル　シナジー　エナジー　１０ｍｌ</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>4976363122887</t>
+          <t>4902125893146</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　ガーデンシロップ</t>
+          <t>アロマベラ　エッセンシャルオイル　シナジー　ボディートーン　１０ｍｌ</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>4903301351436</t>
+          <t>4902125893153</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>業務用　ＮＡＮＯＸ　Ｏｎｅ　スタンダード</t>
+          <t>アロマベラ　エッセンシャルオイル　シナジー　レストフルナイト</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2025年10月27日</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>4987205286711</t>
+          <t>4903301348894</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ローズピンク</t>
+          <t>業務用　プロ用リードペーパー１００　中サイズ</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
           <t>2025年10月09日</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>4943052813012</t>
+          <t>4524963011157</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>浴室の鏡用　ダイヤ研磨パッド　Ｅ</t>
+          <t>業務用ダイヤモンドパッド　シート＆ホルダーセット</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
-        <is>
-[...10687 lines deleted...]
-      <c r="G727" s="0" t="inlineStr">
         <is>
           <t>2025年07月22日</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>