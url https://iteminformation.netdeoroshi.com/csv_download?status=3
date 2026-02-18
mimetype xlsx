--- v1 (2025-12-19)
+++ v2 (2026-02-18)
@@ -97,7298 +97,13965 @@
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>後継品JAN</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>後継品商品名</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>後継品発売日</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>情報公開日</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>4901730075183</t>
+          <t>4571429810960</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>ジョンソン　すこやかナチュラルローション</t>
+          <t>ミセラ激爽快さらさら洗顔シート５０枚</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>4901730110228</t>
+          <t>4901080016515</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーうるおい全身シャンプー　泡タイプ　詰替用</t>
+          <t>アース　虫よけネットＥＸ　１６０日用</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>4901730180054</t>
+          <t>4901080016713</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　無香料</t>
+          <t>アース　虫よけネットＥＸ　２６０日用</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>4901730180061</t>
+          <t>4901080017116</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　無香料</t>
+          <t>アース虫よけネットＥＸ　１年用</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>4901730180078</t>
+          <t>4901080017314</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　微香性</t>
+          <t>アース　虫よけネットＥＸ　玄関用　１６０日用</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>4901730180085</t>
+          <t>4901080017413</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ジョンソン　すやすやタイム　ローション</t>
+          <t>アース　虫よけネットＥＸ　玄関用　２６０日用</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>4903301347699</t>
+          <t>4901080024015</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　レギュラー</t>
+          <t>おすだけコバエアーススプレー　６０回分</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>4903301347705</t>
+          <t>4901080037015</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　スマートタイプ</t>
+          <t>虫よけブレスα　ミッキー＆ミニー</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>4903301347712</t>
+          <t>4901080037114</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　ダブル</t>
+          <t>虫よけパッチα　シールタイプ　ミッキー＆ミニー</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>4901646126788</t>
+          <t>4901080037213</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>ＭＢＧ２－２７　ＨＸ脱毛用ブライズワックス</t>
+          <t>虫よけパッチα　シールタイプ　ミッキー＆ミニー</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>2026年01月15日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>4902424433845</t>
+          <t>4901080095213</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>ムカデカダン粉剤</t>
+          <t>アース虫よけテープ　あみ戸サッシ用　４ヵ月用</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
-[...14 lines deleted...]
-          <t>2026年01月19日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>4902424448269</t>
+          <t>4901080148414</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>ドラデスパワーまとめて一掃</t>
+          <t>アースコバエ１プッシュ式スプレー　スピードスター　６０回分</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>4902424448283</t>
+          <t>4901080222916</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>ドラデスパワー速効プレミアム</t>
+          <t>マモルーム　蚊に効く吊るだけプレート　７カ月用</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>4902424450064</t>
+          <t>4901080235213</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王ザッソージエース</t>
+          <t>ダニバリア　ダニよけゲル　ハーバルソープの香り</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
-[...14 lines deleted...]
-          <t>2025年02月21日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>4902424450125</t>
+          <t>4901080235916</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>カダンアリカダン粉剤</t>
+          <t>アースコバエ　ゴミ箱用　シトラスミントの香り</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
-[...14 lines deleted...]
-          <t>2026年01月19日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>4902424450132</t>
+          <t>4901080277015</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>カダンアリカダン粉剤</t>
+          <t>バポナ　あみ戸に貼るだけ　１６０日用</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
-[...14 lines deleted...]
-          <t>2026年01月19日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>4931839216972</t>
+          <t>4901080277213</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>カワイイ女のぜい沢マスクＳｔｙｌｅ×Ｃｏｌｏｒ　フレンチベージュ７枚</t>
+          <t>バポナ　あみ戸に貼るだけ　２６０日用</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4524963010907</t>
+          <t>4901525010900</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>しみとりマイクロブラシ</t>
+          <t>カウブランド　赤箱</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>4901525012997</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t>カウブランド　赤箱</t>
+        </is>
+      </c>
+      <c r="F19" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月12日</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4891228301743</t>
+          <t>4901525010924</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>プレミア敏感肌用折りたたみタイプＬディスポ</t>
+          <t>カウブランド　赤箱</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4891228302511</t>
+          <t>4901525012423</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>シックハイドロ５パワーセレクトダブルホルダー（替刃２コ付）　ＨＰＳＩ５－２１０</t>
+          <t>カウブランド　赤箱</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4891228302658</t>
+          <t>4901601282498</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　パワーセレクト　ホルダー　替刃付</t>
+          <t>ヘアケアブラシ</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4891228303679</t>
+          <t>4901601282870</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアムパワーセレクト替刃</t>
+          <t>スキハサミ　シャギー用（キャップ付）</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4891228303686</t>
+          <t>4901601304619</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　パワーセレクト　替刃</t>
+          <t>ＫＱ１８１８クシ付きマユトリマー　ＣＡ</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4891228303693</t>
+          <t>4901987224013</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５パワーセレクト替刃</t>
+          <t>キッチンテープ　５０ｍｍ</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4891228303709</t>
+          <t>4901987224020</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５パワーセレクト替刃</t>
+          <t>キッチンテープ　７０ｍｍ</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>4891228310691</t>
+          <t>4902806112641</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　ホルダー　替刃付</t>
+          <t>ギャツビー　フェイシャルペーパー　アイスタイプ　せっけんの香り</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4891228310721</t>
+          <t>4902806118506</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　替刃</t>
+          <t>ギャツビー　バイオコア　デオドラント　ボディペーパー　クリアシャボン</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4891228310738</t>
+          <t>4902806118766</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　替刃</t>
+          <t>ルシード　薬用　スカルプデオシャンプー　ＥＸクールタイプ</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4891228310745</t>
+          <t>4902806123135</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き）</t>
+          <t>ギャツビー　マイクロスパークリング泡洗顔　ホワイトクレイ</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4891228310776</t>
+          <t>4902806123289</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+          <t>ルシード　薬用　スカルプデオシャンプー　ＥＸクールタイプ　詰替え</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>4891228310783</t>
+          <t>4902806123364</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+          <t>ギャツビー　プレミアムタイプ　デオドラント　ボディウォッシュ</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>4891228310790</t>
+          <t>4902806127850</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　ホルダー　替刃付</t>
+          <t>ギャツビー　ＥＸプレミアムタイプ　デオドラントスプレー　無香料</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4891228310813</t>
+          <t>4902806129700</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　替刃</t>
+          <t>ギャツビ―　マイクロスパークリング　泡洗顔　アクネケア</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4891228310820</t>
+          <t>4902806387841</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ベーシック　替刃</t>
+          <t>ギャツビー　クレイジークール　ボディウォーター　アイスアイスシトラス</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>4891228310837</t>
+          <t>4902806421484</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　替刃　１２コ入</t>
+          <t>ギャツビー　クレイジークール　ボディウォーター　アイスオーシャン</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4891228311391</t>
+          <t>4902806435245</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ナチュラル　替刃</t>
+          <t>ベビーベール　ヘアフレグランス　アクアティックブーケ</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4891228311414</t>
+          <t>4902806487718</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ナチュラル　替刃</t>
+          <t>ルシード　カラダと頭皮のデオペーパー</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4891228312220</t>
+          <t>4903301363606</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　しっとり肌　ホルダー（刃付き）お試し用</t>
+          <t>ソフラン　プレミアム消臭　アロマソープの香り　本体</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4891228312237</t>
+          <t>4903301363651</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　さっぱりうるおい肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ソフラン　プレミアム消臭　アロマソープの香り　ウルトラジャンボ</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4891228312275</t>
+          <t>4970458820771</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　さっぱりうるおい肌　替刃</t>
+          <t>ピュレア　クリアエッセンスマスク　７枚</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4891228312398</t>
+          <t>4970458821396</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>シック　ヒゲグルーマー（刃付き）</t>
+          <t>ピュレア　レチビタエッセンスマスク　７枚</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>4891228314897</t>
+          <t>4970458822638</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>ピュレア　リジュオンリペアエッセンスマスク</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4891228314903</t>
+          <t>4971633162976</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>エルモア　１２ロール　シングル　５５Ｍ　花の香り</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4891228314910</t>
+          <t>4971633163010</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>エルモア　１２ロール　ピンクダブル　３０Ｍ　花の香り</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月31日</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>4891228314934</t>
+          <t>4902430744966</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ｈ＆ｓ　ｆｏｒｍｅｎ　スカルプゴールド　コンディショナー　詰替　３００Ｇ</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>4891228314941</t>
+          <t>4902430744973</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ｈ＆ｓ　ｆｏｒｍｅｎ　スカルプゴールド　シャンプー　詰替　３００ＭＬ</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D47" s="0" t="inlineStr">
+        <is>
+          <t>4987176370822</t>
+        </is>
+      </c>
+      <c r="E47" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸコンディショナーつめかえ</t>
+        </is>
+      </c>
+      <c r="F47" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>4891228314958</t>
+          <t>4987176021960</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　替刃（４コ入）</t>
+          <t>ｈ＆ｓ　ｆｏｒ　ｍｅｎ　スカルプゴールドシャンプー超特大サイズ</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D48" s="0" t="inlineStr">
+        <is>
+          <t>4987176370785</t>
+        </is>
+      </c>
+      <c r="E48" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸシャンプーつめかえ超特大サイズ３倍</t>
+        </is>
+      </c>
+      <c r="F48" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>4891228314965</t>
+          <t>4987176023056</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　替刃（８コ入）</t>
+          <t>ｈ＆ｓ　ｆｏｒ　ｍｅｎ　スカルプゴールドコンディショナー超特大サイズ</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D49" s="0" t="inlineStr">
+        <is>
+          <t>4987176370792</t>
+        </is>
+      </c>
+      <c r="E49" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸコンディショナーつめかえ超特大サイズ３倍</t>
+        </is>
+      </c>
+      <c r="F49" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>4891228314972</t>
+          <t>4987176143044</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　替刃（４コ入）</t>
+          <t>ｈ＆ｓ　モイスチャー　コンディショナー　つめかえ</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D50" s="0" t="inlineStr">
+        <is>
+          <t>4987176370457</t>
+        </is>
+      </c>
+      <c r="E50" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーコンディショナーつめかえ</t>
+        </is>
+      </c>
+      <c r="F50" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4891228314989</t>
+          <t>4987176143112</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　替刃（８コ入）</t>
+          <t>ｈ＆ｓ　モイスチャー　シャンプー　つめかえ</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D51" s="0" t="inlineStr">
+        <is>
+          <t>4987176370440</t>
+        </is>
+      </c>
+      <c r="E51" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーシャンプーつめかえ</t>
+        </is>
+      </c>
+      <c r="F51" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4891228314996</t>
+          <t>4987176243256</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>ｈ＆ｓ　５ｉｎ１　コンデイショナー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D52" s="0" t="inlineStr">
+        <is>
+          <t>4987176370709</t>
+        </is>
+      </c>
+      <c r="E52" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールコンディショナーつめかえ超特大サイズ２．８倍</t>
+        </is>
+      </c>
+      <c r="F52" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4891228315009</t>
+          <t>4987176243287</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>ｈ＆ｓ　５ｉｎ１　マイルドモイスチャー　シャンプー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D53" s="0" t="inlineStr">
+        <is>
+          <t>4987176370549</t>
+        </is>
+      </c>
+      <c r="E53" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールシャンプーつめかえ超特大サイズ５．８倍</t>
+        </is>
+      </c>
+      <c r="F53" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>4891228315719</t>
+          <t>4987176243294</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ナチュラル　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ｈ＆ｓ　５ｉｎ１　マイルドモイスチャー　シャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D54" s="0" t="inlineStr">
+        <is>
+          <t>4987176370778</t>
+        </is>
+      </c>
+      <c r="E54" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳグリーンゼラニウムシャンプーポンプ</t>
+        </is>
+      </c>
+      <c r="F54" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4891228315726</t>
+          <t>4987176243300</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ｈ＆ｓ　５ｉｎ１　マイルドモイスチャー　シャンプー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D55" s="0" t="inlineStr">
+        <is>
+          <t>4987176370730</t>
+        </is>
+      </c>
+      <c r="E55" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳグリーンゼラニウムシャンプーつめかえ超特大サイズ２．８倍</t>
+        </is>
+      </c>
+      <c r="F55" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>4891228315733</t>
+          <t>4987176243317</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>ｈ＆ｓ　５ｉｎ１　コンデイショナー　詰替え</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D56" s="0" t="inlineStr">
+        <is>
+          <t>4987176370631</t>
+        </is>
+      </c>
+      <c r="E56" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールコンディショナーつめかえ特大サイズ１．５倍</t>
+        </is>
+      </c>
+      <c r="F56" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>4903601652691</t>
+          <t>4987176243324</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>ハイドロシェービングジェル</t>
+          <t>ｈ＆ｓ　５ｉｎ１　クールクレンズ　シャンプー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D57" s="0" t="inlineStr">
+        <is>
+          <t>4987176370716</t>
+        </is>
+      </c>
+      <c r="E57" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールシャンプーつめかえ超特大サイズ２．８倍</t>
+        </is>
+      </c>
+      <c r="F57" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>4903601652714</t>
+          <t>4987176243348</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>ハイドロプレミアムシェービングジェル</t>
+          <t>ｈ＆ｓ　５ｉｎ１　マイルドモイスチャー　シャンプー　詰替え</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D58" s="0" t="inlineStr">
+        <is>
+          <t>4987176370747</t>
+        </is>
+      </c>
+      <c r="E58" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳグリーンゼラニウムシャンプーつめかえ特大サイズ１．５倍</t>
+        </is>
+      </c>
+      <c r="F58" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4902407024299</t>
+          <t>4987176243355</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　頭を冷やすスプレーＧＯＬＤ</t>
+          <t>ｈ＆ｓ　５ｉｎ１　クールクレンズ　シャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D59" s="0" t="inlineStr">
+        <is>
+          <t>4987176370655</t>
+        </is>
+      </c>
+      <c r="E59" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールシャンプーポンプ</t>
+        </is>
+      </c>
+      <c r="F59" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>4902407025173</t>
+          <t>4987176243393</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ</t>
+          <t>ｈ＆ｓ　５ｉｎ１　クールクレンズ　シャンプー　詰替え</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D60" s="0" t="inlineStr">
+        <is>
+          <t>4987176370624</t>
+        </is>
+      </c>
+      <c r="E60" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールシャンプーつめかえ特大サイズ１．５倍</t>
+        </is>
+      </c>
+      <c r="F60" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4902704302410</t>
+          <t>4987176243409</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>ミニレフ電球　ＬＲ１００Ｖ４０ＷＳ　Ｆ－２</t>
+          <t>ｈ＆ｓ　５ｉｎ１　コンデイショナー　ポンプ</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D61" s="0" t="inlineStr">
+        <is>
+          <t>4987176370648</t>
+        </is>
+      </c>
+      <c r="E61" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳシトラスオイルコントロールコンディショナーポンプ</t>
+        </is>
+      </c>
+      <c r="F61" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4973307511042</t>
+          <t>4987176271198</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>ハンドクリームすみッコねこＣＭＨＣ１</t>
+          <t>ｈ＆ｓ　ｆｏｒ　ｍｅｎ　スカルプ　ゴールド　シャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D62" s="0" t="inlineStr">
+        <is>
+          <t>4987176370853</t>
+        </is>
+      </c>
+      <c r="E62" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸシャンプーポンプ</t>
+        </is>
+      </c>
+      <c r="F62" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4903301225485</t>
+          <t>4987176271211</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>リードクッキングシート　特大</t>
+          <t>ｈ＆ｓ　ｆｏｒ　ｍｅｎ　スカルプ　ゴールド　コンディショナー　ポンプ</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D63" s="0" t="inlineStr">
+        <is>
+          <t>4987176370846</t>
+        </is>
+      </c>
+      <c r="E63" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸコンディショナーポンプ</t>
+        </is>
+      </c>
+      <c r="F63" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>4589654890039</t>
+          <t>4987176310729</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>野菜鮮用保存袋</t>
+          <t>ｈ＆ｓ　モイスチャー　シャンプー　詰替え　特大サイズ</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2025年12月05日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D64" s="0" t="inlineStr">
+        <is>
+          <t>4987176370471</t>
+        </is>
+      </c>
+      <c r="E64" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーシャンプーつめかえ特大サイズ１．５倍</t>
+        </is>
+      </c>
+      <c r="F64" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4903301225492</t>
+          <t>4987176310736</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>リードホットクッキングシート　中</t>
+          <t>ｈ＆ｓ　モイスチャー　コンディショナー　詰替え　特大サイズ</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D65" s="0" t="inlineStr">
+        <is>
+          <t>4987176370464</t>
+        </is>
+      </c>
+      <c r="E65" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーコンディショナーつめかえ特大サイズ１．５倍</t>
+        </is>
+      </c>
+      <c r="F65" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4976366016732</t>
+          <t>4987176310774</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　ＳＳ</t>
+          <t>ｈ＆ｓ　モイスチャー　コンディショナー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D66" s="0" t="inlineStr">
+        <is>
+          <t>4987176370495</t>
+        </is>
+      </c>
+      <c r="E66" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーコンディショナーつめかえ超特大サイズ３倍</t>
+        </is>
+      </c>
+      <c r="F66" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>4976366016749</t>
+          <t>4987176310811</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｓ</t>
+          <t>ｈ＆ｓ　モイスチャー　シャンプー　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D67" s="0" t="inlineStr">
+        <is>
+          <t>4987176370488</t>
+        </is>
+      </c>
+      <c r="E67" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーシャンプーつめかえ超特大サイズ３倍</t>
+        </is>
+      </c>
+      <c r="F67" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4976366016756</t>
+          <t>4987072029671</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｍ</t>
+          <t>トイレの消臭元　心やすらぐスパフラワー</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>4902424424485</t>
+          <t>4987072029701</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>フマキラー蚊とり線香皿ジャンボ　吊り下げ式</t>
+          <t>トイレの消臭元　心なごむリラックスアロマ</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>4902424432671</t>
+          <t>4987072051160</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>アリ・ムカデ　粉剤</t>
+          <t>消臭元　無香料</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4902424432695</t>
+          <t>4987072056530</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>アリ・ムカデ　粉剤</t>
+          <t>トイレの消臭元　気分すっきりボタニカルハーブ</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>4902424444087</t>
+          <t>4987072063866</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>ゴキファイタープロ激取れ</t>
+          <t>消臭元　タバコ用　イオンシトラス</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>4902424446654</t>
+          <t>4987072096758</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアスプレー４５０ＭＬ</t>
+          <t>トイレの消臭元　ＰＲＯ　便臭ストロング　フレッシュＥＸクリア</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>4902424447736</t>
+          <t>4987176238917</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
+          <t>パンパース　通気性プラス　パンツ　Ｌサイズ</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D74" s="0" t="inlineStr">
+        <is>
+          <t>4987176377951</t>
+        </is>
+      </c>
+      <c r="E74" s="0" t="inlineStr">
+        <is>
+          <t>パンパース超吸収エアリー</t>
+        </is>
+      </c>
+      <c r="F74" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>4902424447743</t>
+          <t>4987176238931</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用１年</t>
+          <t>パンパース　通気性プラス　パンツ　Ｍサイズ</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D75" s="0" t="inlineStr">
+        <is>
+          <t>4987176377920</t>
+        </is>
+      </c>
+      <c r="E75" s="0" t="inlineStr">
+        <is>
+          <t>パンパース超吸収エアリー</t>
+        </is>
+      </c>
+      <c r="F75" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>4902424447774</t>
+          <t>4987176285355</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
+          <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　超特大サイズ</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D76" s="0" t="inlineStr">
+        <is>
+          <t>4987176350367</t>
+        </is>
+      </c>
+      <c r="E76" s="0" t="inlineStr">
+        <is>
+          <t>レノアハピネス夢ふわタッチフローラルブーケ＆リネンの香り詰替用超特大サイズ</t>
+        </is>
+      </c>
+      <c r="F76" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>4902424449174</t>
+          <t>4987176285362</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>スキンベープミストイカリジンプレミアムハーブプラス</t>
+          <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　特大サイズ</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D77" s="0" t="inlineStr">
+        <is>
+          <t>4987176350350</t>
+        </is>
+      </c>
+      <c r="E77" s="0" t="inlineStr">
+        <is>
+          <t>レノアハピネス夢ふわタッチフローラルブーケ＆リネンの香り詰替用特大サイズ</t>
+        </is>
+      </c>
+      <c r="F77" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>4902424449181</t>
+          <t>4987176285416</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>ダニゼロバリアワンプッシュ６０回分</t>
+          <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　詰替え　増量サイズ</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D78" s="0" t="inlineStr">
+        <is>
+          <t>4987176350336</t>
+        </is>
+      </c>
+      <c r="E78" s="0" t="inlineStr">
+        <is>
+          <t>レノアハピネス夢ふわタッチフローラルブーケ＆リネンの香り詰替増量サイズ</t>
+        </is>
+      </c>
+      <c r="F78" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>4964596485886</t>
+          <t>4987176319722</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０４（ロイヤルブラウン）</t>
+          <t>レノア　ハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　本体</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D79" s="0" t="inlineStr">
+        <is>
+          <t>4987176350312</t>
+        </is>
+      </c>
+      <c r="E79" s="0" t="inlineStr">
+        <is>
+          <t>レノアハピネス夢ふわタッチフローラルブーケ＆リネンの香り本体</t>
+        </is>
+      </c>
+      <c r="F79" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>4973307644108</t>
+          <t>4987072013106</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>子供立体マスクＳ７枚入　こぐまちゃん２３　ＭＳＫＢ１Ｎ</t>
+          <t>サラサーティＳａｒａ・ｌｉ・ｅ　Ｔバックショーツ用</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年03月09日</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>4976558007524</t>
+          <t>4580421230676</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>紙すとろー　（白）</t>
+          <t>ＥＭＳマッスルパックネオ　本体</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>4549980592397</t>
+          <t>4580421230683</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>ＦＬ４０ＳＮＳＤＬＦ３　自然色形蛍光灯</t>
+          <t>ＥＭＳマッスルパックネオ　替パッド</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>4570112700717</t>
+          <t>4901080151810</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　チャコール　１足</t>
+          <t>バスロマン　メディテーションタイム　くつろぎアロマ＆おやすみアロマ</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>4904735059578</t>
+          <t>4968909056107</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>パックスナチュロンキッチンスポンジ紅白２個組（ピンク・ナチュラル）</t>
+          <t>キバトール</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>4902424423402</t>
+          <t>4968909056206</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>アルゼンチンアリ巣ごと退治液剤１．８Ｌ</t>
+          <t>キバトール　詰替え</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>2025年08月04日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>4902424440881</t>
+          <t>4968909056251</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>カダンスズメバチバスーカジェット５５０ＭＬ</t>
+          <t>キバトール　小便器用</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
-[...14 lines deleted...]
-          <t>2025年01月20日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>4902424440898</t>
+          <t>4901727601135</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>カダンハチ・アブダブルジェット４８０ｍｌ</t>
+          <t>ファンデュープラスＲ　ＵＶコンシーラーファンデーション１２．自然な肌色</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
-[...14 lines deleted...]
-          <t>2025年01月20日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>4976363122863</t>
+          <t>4987072005361</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　オーキッドシャワー</t>
+          <t>ブレスケア　レモン　５０粒</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>4976363122870</t>
+          <t>4987072005378</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　フローラルソープ</t>
+          <t>シコンコート</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>4976363127561</t>
+          <t>4987072008072</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>アロマストプレート３個パック　ホワイトシトラス</t>
+          <t>ブレスケア　つめ替用　レモン</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>4902424439298</t>
+          <t>4987072014400</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>犬猫まわれ右　粒剤　ローズの香り</t>
+          <t>医学オドイーター足の外反対策</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>2025年01月17日</t>
-[...14 lines deleted...]
-          <t>2012年02月02日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>4902424426045</t>
+          <t>4987072014813</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　2kg</t>
+          <t>オドイーター足ムレ対策　さらさらメッシュ</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月22日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>4902424426069</t>
+          <t>4987072014844</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤</t>
+          <t>オドイーター足臭対策　革風仕立て</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>4902424426076</t>
+          <t>4987072018323</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　900g</t>
+          <t>噛むブレスケア　ボトル　レモンミント</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>4902424426410</t>
+          <t>4987072026274</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　3kg</t>
+          <t>Ｒｉｆｆ　あせワキパット　ホワイト</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>4902424433807</t>
+          <t>4987072027103</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>カダン　アリカダン粉剤７００ｇ</t>
+          <t>噛むブレスケア　ボトル　アソート</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>4902424433814</t>
+          <t>4987072030073</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>カダン　アリカダン粉剤徳用１．２ｋｇ</t>
+          <t>生葉　お試しサイズ　４０ｇ</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>4902424440911</t>
+          <t>4987072052495</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>虫よけ除草王2L</t>
+          <t>Ｓａｗａｄａｙ　香るＳＴＩＣＫ　パルファム　グリ　本体</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>4902424440928</t>
+          <t>4987072052501</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>虫よけ除草王１０００ＭＬ</t>
+          <t>Ｓａｗａｄａｙ　香るＳＴＩＣＫ　パルファム　グリ　詰替え</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>4902424444636</t>
+          <t>4987072058763</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王ビネガ－キラ－2L</t>
+          <t>スマートフォンふきふき２０包</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>4906156801873</t>
+          <t>4987072059852</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>ミューズメン石鹸</t>
+          <t>サラサーティコットン１００　２倍吸収４０個</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>2023年03月20日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>4595121167054</t>
+          <t>4987072082997</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>幅広先細ハブラシ</t>
+          <t>噛むブレスケア　ボトル　スッキリクールミント　８０粒</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>4901696534045</t>
+          <t>4987072085080</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>無添加石けん　洗顔フォーム</t>
+          <t>サラサーティ　クリーン　膣洗浄機</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>4521684202543</t>
+          <t>4987072087985</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>ＮＭＧ０４西宮指定プラスチック４５Ｌ</t>
+          <t>Ｓａｗａｄａｙ　香るＳｔｉｃｋ　フルーツ　マスカット＆リーフの香り</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>2025年12月05日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>4903301349358</t>
+          <t>4987072089552</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>業務用　ソフラン　アロマリッチ　キャサリン</t>
+          <t>Ｓａｗａｄａｙ　香るＳｔｉｃｋ　ＴｈｅＴｅａ　アールグレイ</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>2025年12月03日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>4524963011119</t>
+          <t>4987072089569</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>水あか防止スプレー＋</t>
+          <t>Ｓａｗａｄａｙ　香るＳｔｉｃｋ　ＴｈｅＴｅａ　アールグレイ　詰替え</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>4549980592359</t>
+          <t>4987072092583</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>ＦＬ４０ＳＤＳＤＬＦ３　自然色形蛍光灯</t>
+          <t>フェミニーナ　モイスキープ　デリケートゾーン　化粧水</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月26日</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>4902407330536</t>
+          <t>4987072029619</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>レンジでゆたぽんおしりホット</t>
+          <t>トイレの消臭元　やすらぎそよぐラベンダー</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>4973307636790</t>
+          <t>4987072029626</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>歯ブラシ３本セット　いないいないばあっ２３</t>
+          <t>トイレの消臭元　ふんわり清潔せっけん</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>4901422365226</t>
+          <t>4987072029633</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>ダストマン▽（サンカク）５０枚</t>
+          <t>トイレの消臭元　爽やかはじけるレモン</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>2025年09月21日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>4902011789034</t>
+          <t>4987072029640</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>ナチュラ　さら肌さらり吸水ナプキン　中量用　２２枚</t>
+          <t>トイレの消臭元　もぎたて白桃</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2022年03月15日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>4973307436055</t>
+          <t>4987072029664</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>救急ばんそうこう　トミカ１９　ＱＱＢ１</t>
+          <t>トイレの消臭元　心がなごむ炭の香り</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>2025年11月28日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>4525636322747</t>
+          <t>4987072029695</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>すみっコぐらし　ボディスポンジ３　しろくま</t>
+          <t>トイレの消臭元　幸せはこぶフェアリーローズ</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>2025年11月26日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>4987973221310</t>
+          <t>4987072032060</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　スカイブルー</t>
+          <t>お部屋の消臭元　カモミール＆アロマの香り</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>2025年11月26日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>4513574037854</t>
+          <t>4987072032664</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>ディブ　ＣＩＣＡ　ハイドロ　モイスチャージェル</t>
+          <t>サニボン　泡パワー　つけ替え用　４００ＭＬ</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>4902050210490</t>
+          <t>4987072050668</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>ＦＵＮＳ　Ｌｕｘｕｒｙ柔軟剤Ｎｏ９２詰替</t>
+          <t>Ｓａｗａｄａｙ　クルマ専用クリップ　パルファム　ロゼ</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>4902468297038</t>
+          <t>4987072053782</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>リペア＆バランス　スキンケアパウダー</t>
+          <t>Ｓａｗａｄａｙ　クルマ専用クリップ　ボタニカル　ナチュラルブロッサム</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>4904735055907</t>
+          <t>4987072054987</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>パックスベビー　洗濯せっけん　詰替用</t>
+          <t>トイレの消臭元　癒やしをはこぶキンモクセイ</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>4973512260858</t>
+          <t>4987072055021</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　柔軟仕上げ剤</t>
+          <t>お部屋の消臭元　癒やしをはこぶキンモクセイ</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>4521684999863</t>
+          <t>4987072056967</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｓ　ＰＧＴ１１</t>
+          <t>ブルーレット　スタンピー　除菌　フレグランス　フレグランスソープ</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>4521684999870</t>
+          <t>4987072056981</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｍ　ＰＧＴ１２</t>
+          <t>ブルーレット　スタンピー　除菌　フレグランス　フレグランスソープ　つけ替用</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>4521684999887</t>
+          <t>4987072059975</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>ＰＧＴ１３プレミアムフィット手袋Ｌ</t>
+          <t>ブルーレットスタンピー除菌フレグランス　フレグランスラベンダー</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>4538353820847</t>
+          <t>4987072061794</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>リボン付きバスフラワー　モーブピンク</t>
+          <t>お部屋の消臭元　幸せはこぶフェアリーローズ</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>4548404101047</t>
+          <t>4987072068489</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>キクロン　ヤシの実虎たわし</t>
+          <t>お部屋の消臭元　心がなごむ炭の香り</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>4548404101092</t>
+          <t>4987072068922</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>新キクロンｆ　あわもっちー　袋入</t>
+          <t>お部屋の消臭元　やすらぎそよぐラベンダー</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年11月04日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>4548404101665</t>
+          <t>4987072068939</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット　グリーン　袋入</t>
+          <t>お部屋の消臭元　もぎたて白桃</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>4548404102433</t>
+          <t>4987072068946</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット２Ｐ</t>
+          <t>お部屋の消臭元　ふんわり清潔せっけん</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>4562161952650</t>
+          <t>4987072087817</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>ＣＲ３７０どうぶつ親子のフードパック２ｉｎ１</t>
+          <t>ブルーレットおくだけ　つめ替　ピンクソープ　２５ＭＬ</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>4562378463505</t>
+          <t>4987072087930</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰ「ＳＰ」ＳＰ３</t>
+          <t>Ｓａｗａｄａｙ　クルマ専用クリップ　パルファム　ホワイトムスク</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>4562378463512</t>
+          <t>4987072091128</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰスプレー</t>
+          <t>液体ブルーレット　おくだけ　アロマ　エキゾチックなオリエンタルアロマの香り　つけ替用</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>4580131770127</t>
+          <t>4987072092606</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>ミントの香りのトイレクリーナー３０枚</t>
+          <t>トイレの消臭元　カモミール＆アロマの香り</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>4901451164227</t>
+          <t>4987072092828</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>カピバラさん保湿ミニポケットティシュ６個</t>
+          <t>液体ブルーレット　おくだけ　除菌ＥＸ　フレグランス　アロマティックソープ</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>4901772403890</t>
+          <t>4987072093085</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリーミニポケットティシュ６Ｐ</t>
+          <t>液体ブルーレット　おくだけ　除菌ＥＸ　スーパーアクアソープの香り</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>4901772403906</t>
+          <t>4987072096048</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリー水に流せるポケット９Ｐ</t>
+          <t>クルマの消臭元　ＳＡＶＯＮ　クリップ　ブルーソープ</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>4903018183726</t>
+          <t>4987072096253</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>YANAGIYA１６１５　ＶＣトニック　無香料</t>
+          <t>クルマの消臭元　ＳＡＶＯＮ　クリップ　フローラル</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>4903018183733</t>
+          <t>4987072099179</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>YANAGIYA１６１５　ＶＣトニック　無香料ＵＣ</t>
+          <t>Ｓａｗａｄａｙ　クルマ専用クリップ　パルファム　キンモクセイ</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>4903018206210</t>
+          <t>4987072314951</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>ＣＯＨＡＲＵ　Ｓオイル　＜スムース＆Ｓ＞</t>
+          <t>トイレその後に携帯用　フレッシュグリ－ン</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>4903018261042</t>
+          <t>4987072315163</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>ジェノスヘアクリーム＜モイスチャー＞</t>
+          <t>トイレその後に　携帯用　無香料</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>4903301249016</t>
+          <t>4973307628993</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　無研磨ゲル</t>
+          <t>不織布子供マスク　クレヨンしんちゃん</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>4903301249047</t>
+          <t>4970458822072</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　しみるブロック</t>
+          <t>アロマパイポ（リフレッシュアロマ）</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月04日</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>4903301264866</t>
+          <t>4970458822089</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>リードヘルシークッキングペーパー大１０枚</t>
+          <t>アロマパイポ（リラックスアロマ）</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月04日</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>4949176055482</t>
+          <t>4544434510729</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>ダニ捕りハウス２枚入</t>
+          <t>ＯＣ－８０２　こどもの３面ハブラシ</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>4949176099516</t>
+          <t>4580468476402</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　グリーン</t>
+          <t>ぷよぽよシール</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>4949176099585</t>
+          <t>4901417723352</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　ピンク</t>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用２回分</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D144" s="0" t="inlineStr">
+        <is>
+          <t>4901417724052</t>
+        </is>
+      </c>
+      <c r="E144" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F144" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>4950367052777</t>
+          <t>4973307384677</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>天然精油のパークスプレー</t>
+          <t>竹箸　２１ｃｍ　となりのトトロ　小トトロ</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月29日</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>4956810804597</t>
+          <t>4901548240025</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>おにぎリング</t>
+          <t>桐灰　ハエ取りリボン</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>4970883006856</t>
+          <t>4901548603066</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ふつうサイズ１０枚</t>
+          <t>熱中対策　服の上から極寒スプレー　シトラスミント</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>4970883006863</t>
+          <t>4901548603295</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　大きめサイズ６枚</t>
+          <t>熱中対策　シャツクール　爽やかなフレッシュシトラスの香り</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>4970883008522</t>
+          <t>4901548603301</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ミニ１０枚</t>
+          <t>熱中対策　シャツクール　爽やかなフレッシュシトラスの香り　大容量</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>4970883008539</t>
+          <t>4901872444298</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ワイド４枚</t>
+          <t>エージーデオ２４　フットスプレー</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>4970883008546</t>
+          <t>4901872444458</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　指用６枚</t>
+          <t>エージーデオ２４　フットスプレー</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>4970883011850</t>
+          <t>4901872464760</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　スポット　１０枚</t>
+          <t>エージーデオ２４　クリアシャワーシート　無香料</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>4970883011867</t>
+          <t>4901872464777</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　水仕事用　１０枚</t>
+          <t>エージーデオ２４　クリアシャワーシート　フレッシュサボン</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>4970883012246</t>
+          <t>4901872464807</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　靴ずれ６枚</t>
+          <t>エージーデオ２４　クリアシャワーシート　フレッシュサボン</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>4970883013540</t>
+          <t>4901872464814</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープクリア２０枚</t>
+          <t>エージーデオ２４　クリアシャワーシート　クール</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>4971633171886</t>
+          <t>4901872469178</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルカリ電解水＋アルコール　２０枚</t>
+          <t>エージーデオ２４メン　メンズデオドラントスプレーＮ（無香性）</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>4971633171923</t>
+          <t>4901872470747</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　セスキ＋アルコール　２０枚</t>
+          <t>エージーデオ２４　プレミアム　デオドラント　シャワーシート（無香性）</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>4971633171947</t>
+          <t>4901872470778</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルコールキッチン除菌　２０枚</t>
+          <t>エージーデオ２４　プレミアム　デオドラント　シャワーシート（無香性）</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>4975759201946</t>
+          <t>4901872472451</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>ＣＬＯＴＨ－ｉ（クロスアイ）　グランセーマ</t>
+          <t>エージーデオ２４メン　メンズデオドラントスプレー　スタイリッシュシトラス</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>4977033117134</t>
+          <t>4901872472468</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>ぽかんとたん６コパック</t>
+          <t>エージーデオ２４メン　メンズデオドラントスプレー　マリンオーシャン</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>4987205286759</t>
+          <t>4595121167054</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　テラコッタブラウン</t>
+          <t>幅広先細ハブラシ</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月16日</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>4903111157907</t>
+          <t>0030772100271</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>ムーニーおしりふきやわらか厚手詰替６０枚×３</t>
+          <t>ダウニークリーンブリーズ</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>2025年10月30日</t>
-[...14 lines deleted...]
-          <t>2025年10月07日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>4987205286667</t>
+          <t>0030772100509</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ヌーディオークル</t>
+          <t>ダウニークリーンブリーズ</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>2025年10月29日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>4903018183566</t>
+          <t>4901331007880</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>柳屋フレッシュトニック　柑橘ＥＸ　微香性</t>
+          <t>スパイラルシェービングフォーム　メントール　００７８８９　ＳＳＭ－４１５Ｎ１</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>2025年10月28日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>4891228309640</t>
+          <t>4901646126788</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>スマートシェーブ　ｂｙ　Ｓｃｈｉｃｋ　コンボパック（ホルダー（刃付き）＋替刃７コ）</t>
+          <t>ＭＢＧ２－２７　ＨＸ脱毛用ブライズワックス</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>4902407025197</t>
+          <t>4544434050683</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ　ピーチの香り　つめかえ用</t>
+          <t>スイートアトム折込セットコーム　ＡＴ－４２０</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月07日</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>4964596420979</t>
+          <t>4549077750693</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>サナ　ボディリファイニング　シャンプー</t>
+          <t>電池がどっちかライト　ＢＦ－ＢＭ０１Ｐ－Ｗ</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月07日</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>4964596700804</t>
+          <t>4904140500405</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>サナ　インプリファイン　スキンバリアベース　Ｍ　０２</t>
+          <t>除湿棒つなげて７０　８１０ｍｌ</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月07日</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>4964596701429</t>
+          <t>4902424424485</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　クリーミーアイペンシルＥＸ　０４</t>
+          <t>フマキラー蚊とり線香皿ジャンボ　吊り下げ式</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>0033200099901</t>
+          <t>4902424447736</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>アーム＆ハンマー　クリーンバースト</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>4580350289578</t>
+          <t>4902424447743</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２２０ＣＣ</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用１年</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>4580350289585</t>
+          <t>4902424447774</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２７５ＣＣ</t>
+          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>4987176203168</t>
+          <t>4902424449174</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
+          <t>スキンベープミストイカリジンプレミアムハーブプラス</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
-[...14 lines deleted...]
-          <t>2025年10月20日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>4903111517879</t>
+          <t>4902424449181</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>超快適ＳＭＡＲＴＣＯＬＯＲ　ＰＩＮＫ　ふつう</t>
+          <t>ダニゼロバリアワンプッシュ６０回分</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>2025年10月23日</t>
+          <t>2025年11月30日</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>4903367305367</t>
+          <t>4901080081810</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>おうちの除菌スプレー　本体</t>
+          <t>バスロマン薬泉　肌いたわり浴</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>4903367306296</t>
+          <t>4901080082312</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>銀光液</t>
+          <t>モンダミンペパーミントパウチタイプ１．７Ｌ</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D176" s="0" t="inlineStr">
+        <is>
+          <t>4901080246813</t>
+        </is>
+      </c>
+      <c r="E176" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　クリアミント　つめかえ大容量</t>
+        </is>
+      </c>
+      <c r="F176" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>4987973113660</t>
+          <t>4901080082510</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>キューピーコーワヒーリングドリンク　１００ｍｌ×１０本</t>
+          <t>モンダミンプレミアムケア　パウチタイプ　１．７Ｌ</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D177" s="0" t="inlineStr">
+        <is>
+          <t>4901080246912</t>
+        </is>
+      </c>
+      <c r="E177" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　プレミアムケア　ゴールドミント　つめかえ大容量</t>
+        </is>
+      </c>
+      <c r="F177" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>4987973220399</t>
+          <t>4901080083913</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>バンテリンコーワサポーター　親指専用　ｆｏｒＥ－ｓｐｏｒｔｓ　Ｍ－Ｌサイズ　ブラック×ネオンオレンジ</t>
+          <t>バスロマン　メディテーションタイム　パロサントツリーの香り　５４０ｇ</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>4520699613375</t>
+          <t>4901080089618</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>１週間消臭抗菌デオトイレ取替専用消臭サンド</t>
+          <t>モンダミン　プレミアムケア　センシティブ　大容量パウチ　１．７Ｌ</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="D179" s="0" t="inlineStr">
         <is>
-          <t>4520699680568</t>
+          <t>4901080246714</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>デオトイレ　飛び散らない消臭抗菌サンド</t>
+          <t>モンダミン　プレミアムケア　ホワイトミント　つめかえ</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>2010年03月01日</t>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>4570112700724</t>
+          <t>4901080504517</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　ピンクブラウン</t>
+          <t>モンダミン　ペパーミント　３８０ＭＬ</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D180" s="0" t="inlineStr">
+        <is>
+          <t>4901080247216</t>
+        </is>
+      </c>
+      <c r="E180" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　クリアミント</t>
+        </is>
+      </c>
+      <c r="F180" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>4571113807092</t>
+          <t>4901080504715</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュ　フレッシュミント　大</t>
+          <t>モンダミン　ペパーミント　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D181" s="0" t="inlineStr">
+        <is>
+          <t>4901080247315</t>
+        </is>
+      </c>
+      <c r="E181" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　クリアミント</t>
+        </is>
+      </c>
+      <c r="F181" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>4571113807108</t>
+          <t>4901080505118</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュペパーミント大</t>
+          <t>モンダミン　ストロングミント　３８０ＭＬ</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>4903367092564</t>
+          <t>4901080505316</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>アロマソフター　シャイニングローズ　詰替え</t>
+          <t>モンダミン　ストロングミント　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D183" s="0" t="inlineStr">
+        <is>
+          <t>4901080248015</t>
+        </is>
+      </c>
+      <c r="E183" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　スパイシーミント</t>
+        </is>
+      </c>
+      <c r="F183" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>4901316677244</t>
+          <t>4901080505613</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７２４　丸ゴム　太　黒</t>
+          <t>モンダミン　センシティブ　３８０ＭＬ</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D184" s="0" t="inlineStr">
+        <is>
+          <t>4901080247612</t>
+        </is>
+      </c>
+      <c r="E184" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　マイルドミント</t>
+        </is>
+      </c>
+      <c r="F184" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>4971671192072</t>
+          <t>4901080505811</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアレザーシャンプー</t>
+          <t>モンダミン　センシティブ　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D185" s="0" t="inlineStr">
+        <is>
+          <t>4901080247711</t>
+        </is>
+      </c>
+      <c r="E185" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　マイルドミント</t>
+        </is>
+      </c>
+      <c r="F185" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>4971671192089</t>
+          <t>4901080506115</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアファブリックシャンプー</t>
+          <t>モンダミン　プレミアムケア　３８０ＭＬ</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D186" s="0" t="inlineStr">
+        <is>
+          <t>4901080248411</t>
+        </is>
+      </c>
+      <c r="E186" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　プレミアムケア　ゴールドミント</t>
+        </is>
+      </c>
+      <c r="F186" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>4903111241149</t>
+          <t>4901080506313</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>ムーニー低刺激であんしんＳ５８枚</t>
+          <t>モンダミン　プレミアムケア　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>2025年10月06日</t>
+          <t>2025年09月30日</t>
         </is>
       </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>4903111569786</t>
+          <t>4901080248619</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>ムーニー低刺激Ｓ</t>
+          <t>モンダミン　プレミアムケア　ゴールドミント</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>2025年10月07日</t>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>4543268104364</t>
+          <t>4901080506818</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>肉球用みつろうクリーム</t>
+          <t>モンダミンプレミアムケアセンシティブ３８０ＭＬ</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D188" s="0" t="inlineStr">
+        <is>
+          <t>4901080250513</t>
+        </is>
+      </c>
+      <c r="E188" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　プレミアムケア　ホワイトミント</t>
+        </is>
+      </c>
+      <c r="F188" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
+        </is>
+      </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>4548514154490</t>
+          <t>4901080507013</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り　詰替え用</t>
+          <t>モンダミンプレミアムケアセンシティブ１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D189" s="0" t="inlineStr">
+        <is>
+          <t>4901080250612</t>
+        </is>
+      </c>
+      <c r="E189" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　プレミアムケア　ホワイトミント</t>
+        </is>
+      </c>
+      <c r="F189" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
+        </is>
+      </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>4548514154506</t>
+          <t>4901080507419</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り　詰替え用</t>
+          <t>モンダミンペパーミント１３００ＭＬ</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>4548514154544</t>
+          <t>4901080507518</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り</t>
+          <t>モンダミンストロングミント１３００ｍｌ</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>4548514158580</t>
+          <t>4901080507617</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>モンダミンセンシティブ１３００ＭＬ</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>4548514158603</t>
+          <t>4901080508713</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル　つめかえ用</t>
+          <t>モンダミン　プレミアムケア　ストロングミント　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D193" s="0" t="inlineStr">
+        <is>
+          <t>4901080312112</t>
+        </is>
+      </c>
+      <c r="E193" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　プレミアムケア　ブラックミント</t>
+        </is>
+      </c>
+      <c r="F193" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
+        </is>
+      </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>4548514158610</t>
+          <t>4901080519917</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス　つめかえ用</t>
+          <t>モンダミン　プレミアムケア　ストロングミント　１３００ＭＬ</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>4548514158627</t>
+          <t>4901080579218</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>バスロマン　にごり浴さくらの香り</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>4548514158634</t>
+          <t>4901080579812</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス</t>
+          <t>バスロマン　スキンケア　Ｗコラーゲン　６００Ｇ</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>4548514158658</t>
+          <t>4901080580016</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>バスロマンスキンケアＷセラミド</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>4548514516496</t>
+          <t>4901080583116</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>モルティ　薬用スカルプクリア</t>
+          <t>ヘルパータスケ　らくハピ　アルコール除菌ＥＸワイド　４２０ｍＬ</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>4901433072410</t>
+          <t>4901080585813</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>サンキラーパーフェクトストロングＺ</t>
+          <t>バスロマン　プレレミアム　発汗保温浴</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>4901601301083</t>
+          <t>4901080587015</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６０６キャップ付ツメヤスリ</t>
+          <t>モンダミンプレミアムケア　センシティブ　プレミアムシトラスミント　１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>4901601079388</t>
+          <t>4901080311917</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ４００６　クレアートリー　キャップ付ツメヤスリ</t>
+          <t>モンダミン　プレミアムケア　シトラスミント</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>2025年03月03日</t>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>4901601301137</t>
+          <t>4901080588616</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６１１ツメミガキ　３ＷＡＹ</t>
+          <t>モンダミンナイトクリア１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>4901601079418</t>
+          <t>4901080312310</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ４００９　クレアートリー　ツメミガキ　３ＷＡＹ</t>
+          <t>モンダミン　ナイトクリア</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>2025年03月03日</t>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>4901601305883</t>
+          <t>4901080698612</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>サファイヤツメヤスリ　ＨＣ３６１３</t>
+          <t>モンダミン　プレミアムケア　ミニボトル　１００ミリリットル</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>4901601079395</t>
+          <t>4901080248213</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ４００７　クレアートリー　サファイヤツメヤスリ</t>
+          <t>モンダミン　プレミアムケア　ゴールドミント</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>2025年03月03日</t>
+          <t>2025年08月20日</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>4950367104162</t>
+          <t>4901080698810</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>かばん用除湿・消臭剤</t>
+          <t>モンダミン　ストロングミント　ミニボトル　１００ｍＬ</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D203" s="0" t="inlineStr">
+        <is>
+          <t>4901080247919</t>
+        </is>
+      </c>
+      <c r="E203" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　スパイシーミント</t>
+        </is>
+      </c>
+      <c r="F203" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
+        </is>
+      </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>4956810803040</t>
+          <t>4901080698919</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>スピンホイール　コランダー　オーバル（レッド）</t>
+          <t>モンダミン　ペパーミント　ミニボトル　１００ｍＬ</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D204" s="0" t="inlineStr">
+        <is>
+          <t>4901080247018</t>
+        </is>
+      </c>
+      <c r="E204" s="0" t="inlineStr">
+        <is>
+          <t>モンダミン　クリアミント</t>
+        </is>
+      </c>
+      <c r="F204" s="0" t="inlineStr">
+        <is>
+          <t>2025年08月20日</t>
+        </is>
+      </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>4520699644270</t>
+          <t>4987176292308</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>デオトイレ針葉樹の消臭・抗菌チップ</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえハイパージャンボサイズ</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>2025年08月31日</t>
+          <t>2025年09月26日</t>
+        </is>
+      </c>
+      <c r="D205" s="0" t="inlineStr">
+        <is>
+          <t>4987176336286</t>
+        </is>
+      </c>
+      <c r="E205" s="0" t="inlineStr">
+        <is>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　詰替え　ハイパージャンボサイズ</t>
+        </is>
+      </c>
+      <c r="F205" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月29日</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>4902425619088</t>
+          <t>4987176292353</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>あわ入浴剤　アンパンマン　ボトルタイプ</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえメガジャンボサイズ</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
+          <t>2025年09月26日</t>
+        </is>
+      </c>
+      <c r="D206" s="0" t="inlineStr">
+        <is>
+          <t>4987176336361</t>
+        </is>
+      </c>
+      <c r="E206" s="0" t="inlineStr">
+        <is>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　詰替え　メガジャンボサイズ</t>
+        </is>
+      </c>
+      <c r="F206" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月29日</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>4987176195937</t>
+          <t>4987176292667</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら吸水　３０ｃｃ　２２枚　無香料</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえテラジャンボサイズ</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>2025年06月06日</t>
+          <t>2025年09月26日</t>
+        </is>
+      </c>
+      <c r="D207" s="0" t="inlineStr">
+        <is>
+          <t>4987176336323</t>
+        </is>
+      </c>
+      <c r="E207" s="0" t="inlineStr">
+        <is>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　詰替え　テラジャンボサイズ</t>
+        </is>
+      </c>
+      <c r="F207" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月29日</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>4976631481241</t>
+          <t>4987176292704</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>ペリカンモイスチャーソープ１０個セット</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえ超メガジャンボサイズ</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>2025年05月09日</t>
+          <t>2025年09月26日</t>
+        </is>
+      </c>
+      <c r="D208" s="0" t="inlineStr">
+        <is>
+          <t>4987176336385</t>
+        </is>
+      </c>
+      <c r="E208" s="0" t="inlineStr">
+        <is>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　詰替え　超メガジャンボサイズ</t>
+        </is>
+      </c>
+      <c r="F208" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月29日</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>4970061077159</t>
+          <t>4562378461099</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>ポアトル角質ピーリングジェルＥＸＦ</t>
+          <t>消毒用エタノールＩＰ「ＳＰ」スプレー</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>2025年02月28日</t>
+          <t>2025年09月22日</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>4976631150093</t>
+          <t>4562378460443</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　ホットライフ泡ボディーソープ</t>
+          <t>消毒用エタノールＩＰ「ＳＰ２」</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>2023年07月21日</t>
+          <t>2025年09月09日</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>4976631605005</t>
+          <t>4902424423402</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>こども無添加３コパック</t>
+          <t>アルゼンチンアリ巣ごと退治液剤１．８Ｌ</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>2023年07月07日</t>
+          <t>2025年08月04日</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>4976631605067</t>
+          <t>4901301431288</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>家族の無添加ソープ３コパック</t>
+          <t>ハミング消臭実感　リフレッシュグリーンの香り　つめかえ用</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>2023年06月07日</t>
+          <t>2025年04月08日</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>4976631477923</t>
+          <t>4973210995724</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>ファミリー馬油石鹸２個パック</t>
+          <t>チュチュ　デンティスターＮ１　ブルー</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2025年03月31日</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>4976631477978</t>
+          <t>4973210995731</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　薬用ファミリー柿渋石鹸２個パック</t>
+          <t>チュチュ　デンティスターＮ２　ピンク</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>2023年03月17日</t>
+          <t>2025年03月31日</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>4976631477701</t>
+          <t>4904510997088</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>ファミリー柿渋石鹸２Ｐ</t>
+          <t>樹から生まれた手袋リッチネ薄手Ｍピンク</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>2023年03月02日</t>
+          <t>2024年12月31日</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>4972853015073</t>
+          <t>4901080624918</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香沈の香り</t>
+          <t>本格 炭のチカラ</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2024年09月30日</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>4995860518047</t>
+          <t>4538353811951</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>虫よけビーズ２つめかえ用レモンの香り</t>
+          <t>カラーズＰＫ</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>2025年12月04日</t>
+          <t>2024年04月06日</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>4901696534069</t>
+          <t>4516825006159</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>無添加米ぬか洗顔フォーム</t>
+          <t>室外機・外壁クリーナー</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2024年03月31日</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>4902050620510</t>
+          <t>4901080588814</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　本体</t>
+          <t>モンダミンメディカルクリア１０８０ＭＬ</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2023年09月30日</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>4902050620534</t>
+          <t>4891228312206</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　本体</t>
+          <t>イントゥイション　敏感肌用　ホルダー（刃付き）お試し用</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2022年06月13日</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>4902050620541</t>
+          <t>4901525694018</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　詰替用</t>
+          <t>牛乳ブランドシェービングクリーム</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2026年02月05日</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>4973512260865</t>
+          <t>4902111725291</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　柔軟仕上げ剤　詰替</t>
+          <t>ラックス　バイオフュージョン　ダメージディフェンス　バイタルリペア　ヘアマスク</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2026年02月05日</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>4903111126316</t>
+          <t>4973307452451</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>ムーニー水あそびパンツピンクＬ１０枚</t>
+          <t>歯ブラシ　小学生用　ハローキティ　ハピネスガール</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>2025年11月20日</t>
+          <t>2026年02月05日</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>4956810805044</t>
+          <t>4936613072096</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>ＣＵＴＴＩＮＧ　まな板シート</t>
+          <t>国産良品毎日あんしん綿棒１００本袋（１本包装）</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>2025年11月20日</t>
+          <t>2026年02月04日</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>4547691734242</t>
+          <t>4547638001550</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>リラックマ２０１３ホットタイプ</t>
+          <t>リブニット指出し裏起毛手袋</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>2025年11月18日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>4986399005825</t>
+          <t>4547638001567</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>フレグランスフローラルソフターフローラルムスク</t>
+          <t>ネックウォーマーリブ裏ボア</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>2025年11月15日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>4524963010648</t>
+          <t>4902407014320</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>ダイヤモンドパッドｍｉｎｉ　陶器用</t>
+          <t>ノンスメル清水香　ラベンダーの香り　本体</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>4549660929628</t>
+          <t>4903301283591</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>救急ばんそうこう　リラックマ</t>
+          <t>サニテートＡハンドミスト　ミッフィー</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>4549660964315</t>
+          <t>4903652003800</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>リンスインシャンプー　パウ・パトロール</t>
+          <t>ＥＦＰ紙製卓上ゴミ袋１２枚アクアリウム柄</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>4902407330758</t>
+          <t>4957589000616</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>リラックスゆたぽん　腰・おなか２ｗａｙホット　ほぐれる温蒸気</t>
+          <t>発熱スマホ対応スベリ止めホカロン</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>2025年11月06日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>4971633171909</t>
+          <t>4957589000722</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　重曹＋アルコール　２０枚</t>
+          <t>リブ発熱裏起毛ホカロン</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>4973307664731</t>
+          <t>4957589036554</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>デンタルキット（歯ブラシ付）　アリス　ＴＲＫＳ１</t>
+          <t>紳士ジャージスベリ止め</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>4901065748769</t>
+          <t>4957589408894</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>シャワーマット　ニューセルポート　ＩＶ</t>
+          <t>吸湿発熱ボリュームニット帽子グレー</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>2025年10月20日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>4901750883492</t>
+          <t>4957589883714</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>ポイズ肌ケアパッド超スリム＆コンパクト安心Ｓ</t>
+          <t>やわらかニット手袋ボーダーグレー</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>4903339783513</t>
+          <t>4973307485077</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>ウルトラハードクリーナー　サニプロテクト</t>
+          <t>竹安全箸　１６．５ｃｍ　ディズニー　プリンセス</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月24日</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>4548514157149</t>
+          <t>4973307633201</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>大人のバスクリン　魅惑のピンクレモンの香り</t>
+          <t>歯ブラシ　コンパクトヘッド　くまのプーさん</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月24日</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>4548514158818</t>
+          <t>4973307445859</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒートとアヒル隊長　今度は速い！？謎色セット</t>
+          <t>竹箸　２１ｃｍ　千と千尋の神隠し　カオなし</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月10日</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>4964596483585</t>
+          <t>4549395964437</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０２</t>
+          <t>スコッチブライト　キッチン用汚れ落としクリ－ナ－</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>4964596483592</t>
+          <t>4902011834185</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０３</t>
+          <t>エリエール　Ｚｕｔｔｏ　エリカラ　ローズ　ふつう</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>4903367302939</t>
+          <t>4902011842715</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>エンジョイアワーズ　さわやかな柑橘系の香り</t>
+          <t>グ～ンプラス　肌快適設計　ＢＩＧサイズ</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>4901792141208</t>
+          <t>4967576617154</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>ナイスハンドポイ　（ポリエチレン製）</t>
+          <t>ナノエアーマスク　立体　ふつうサイズ　５枚　アッシュグレー　ＲＫ－Ｎ５ＭＡＧ</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>2025年09月10日</t>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>4538353796074</t>
+          <t>4964596700163</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>旅人の洗剤</t>
+          <t>サナ　ニューボーン　ラスティングＷブロウＥＸ　Ｎ　０１</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>2025年05月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>4589581114994</t>
+          <t>4902806123388</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>ハンドクリーム　ちいかわ　ＣＭＨＣ１</t>
+          <t>ギャツビー　プレミアムタイプ　デオドラント　ボディウォッシュ　詰替え</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2026年01月29日</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>4902050620527</t>
+          <t>4987176336293</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　詰替用</t>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　本体</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2026年01月29日</t>
+        </is>
+      </c>
+      <c r="D244" s="0" t="inlineStr">
+        <is>
+          <t>4987176362872</t>
+        </is>
+      </c>
+      <c r="E244" s="0" t="inlineStr">
+        <is>
+          <t>ボールドジェルボール４Ｄホワイトティー＆フローラルの香り本体</t>
+        </is>
+      </c>
+      <c r="F244" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>4973307439575</t>
+          <t>4956497008707</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>子供立体マスクしまじろう１８　ＭＳＫＳ３</t>
+          <t>ＴＫ－ＳＦ３　線香一発着火バーナー</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>4973307357626</t>
+          <t>4972525020800</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>超軽量両手ストローステンＢしまじろう　ＳＴＷＭ３</t>
+          <t>匠の技グルーミングキットＬＡ</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>2025年11月14日</t>
+          <t>2026年01月28日</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>4901559215494</t>
+          <t>4957589081271</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>いい湯旅立ち　納涼にごり湯の宿</t>
+          <t>婦人ストレッチボアタッチグローブ</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>2025年11月12日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>4901559215555</t>
+          <t>4903301254195</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>いい湯旅立ち　納涼にごり湯夏祭り</t>
+          <t>Ｂａｎ　汗ブロックスティック　プレミアムラベル　２０ｇ</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>2025年11月12日</t>
+          <t>2026年01月01日</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>4525636322655</t>
+          <t>4548404201426</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>すみっコぐらし　タオルキャップ３　ねこ</t>
+          <t>背中美女　ボディタオル　ピンク</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>2025年11月11日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D249" s="0" t="inlineStr">
+        <is>
+          <t>4548404201792</t>
+        </is>
+      </c>
+      <c r="E249" s="0" t="inlineStr">
+        <is>
+          <t>背中美女</t>
+        </is>
+      </c>
+      <c r="F249" s="0" t="inlineStr">
+        <is>
+          <t>2025年11月04日</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>4957589030019</t>
+          <t>4580788530013</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>紳士ニットデザイン込み</t>
+          <t>スーパーナノバブルトルネーダＳＰ　洗濯機用　１個</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>2025年11月11日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>4902741305498</t>
+          <t>4589478260261</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>ＵＳＢ充電式　プラズマアークライターミニＢＰ</t>
+          <t>ルース　スパークリングシャンプー</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>4970883013533</t>
+          <t>4589478260308</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープベージュ２０枚</t>
+          <t>ルース　シャンプーバー</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>4987176195869</t>
+          <t>4589478260346</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら安心　１２０ｃｃ　１６枚　無香料</t>
+          <t>リホーム　ミクロクレンザー</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>4987176195883</t>
+          <t>4901080045515</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら安心　８０ｃｃ　２０枚　無香料</t>
+          <t>アースガーデン　ハイパーお庭の虫コロリ　速効撃滅ジェット</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>4976363122887</t>
+          <t>4902125150027</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　ガーデンシロップ</t>
+          <t>プレミアム毎日香　アクア　大型バラ詰</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>4902430341479</t>
+          <t>4902125263451</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズ　ナチュリス　ダマスクローズ＆ゼラニウム</t>
+          <t>かたりべラベンダー／白梅　進物　４箱入　化粧箱入</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>4903301351436</t>
+          <t>4902125266032</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>業務用　ＮＡＮＯＸ　Ｏｎｅ　スタンダード</t>
+          <t>やさしい時間　朝のアールグレイティーの香り　バラ詰</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>4987205286711</t>
+          <t>4902125520653</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ローズピンク</t>
+          <t>エスプリドナチュールプラム　リキッドエアーフレッシュナー</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>4548514153233</t>
+          <t>4902125520677</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>バスクリン　薬湯　じんわり保温感</t>
+          <t>エスプリ　ド　ナチュール　ツバキリキッド</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>4548514158641</t>
+          <t>4902125667396</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>香伝　花の香り　サック２種入</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>4964596406577</t>
+          <t>4902125955158</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>サナ　なめらか本舗　薬用リンクルジェル　ホワイト</t>
+          <t>毎日ローソク　小３号</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>4964596700699</t>
+          <t>4902125955196</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>サナ　素肌記念日　薬用美白　フェイクヌードクリーム　ホワイトティーの香り</t>
+          <t>毎日ローソク　小７．５号</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>4964596701078</t>
+          <t>4902393750578</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０５</t>
+          <t>ＧＶＮ１９　西宮市その他プラ　とって１５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>4548514154452</t>
+          <t>4902393750585</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り</t>
+          <t>ＧＶＮ３１　西宮市その他プラ　とって３０Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>4902050444611</t>
+          <t>4902393750592</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>ランドリークラブ　洗濯槽クリーナー</t>
+          <t>ＧＶＮ４３　西宮市その他プラ　４５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>8809709230938</t>
+          <t>4902424433845</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>マジックプレスＭＪＰ＿１７０ＣＦ　ミスティコーラル</t>
+          <t>ムカデカダン粉剤</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D266" s="0" t="inlineStr">
+        <is>
+          <t>4902424453218</t>
+        </is>
+      </c>
+      <c r="E266" s="0" t="inlineStr">
+        <is>
+          <t>カダン　ムカデカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F266" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>4548404201426</t>
+          <t>4902424448269</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>背中美女　ボディタオル　ピンク</t>
+          <t>ドラデスパワーまとめて一掃</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
-      <c r="D267" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>4573544040017</t>
+          <t>4902424448283</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>ゴキすぅ―ぽん　１個</t>
+          <t>ドラデスパワー速効プレミアム</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>4573544040062</t>
+          <t>4902424450064</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>ゴキすぅ～ぽん　３個</t>
+          <t>カダン除草王ザッソージエース</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
+      <c r="D269" s="0" t="inlineStr">
+        <is>
+          <t>4902424452419</t>
+        </is>
+      </c>
+      <c r="E269" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ザッソージエースエコパウチ４．５ｌ</t>
+        </is>
+      </c>
+      <c r="F269" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月21日</t>
+        </is>
+      </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>4580788530013</t>
+          <t>4902424450125</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>スーパーナノバブルトルネーダＳＰ　洗濯機用　１個</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
+      <c r="D270" s="0" t="inlineStr">
+        <is>
+          <t>4902424453171</t>
+        </is>
+      </c>
+      <c r="E270" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤６６０ｇ</t>
+        </is>
+      </c>
+      <c r="F270" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
+        </is>
+      </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>4589478260261</t>
+          <t>4902424450132</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>ルース　スパークリングシャンプー</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
+      <c r="D271" s="0" t="inlineStr">
+        <is>
+          <t>4902424453188</t>
+        </is>
+      </c>
+      <c r="E271" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F271" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
+        </is>
+      </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>4589478260308</t>
+          <t>4931839216972</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>ルース　シャンプーバー</t>
+          <t>カワイイ女のぜい沢マスクＳｔｙｌｅ×Ｃｏｌｏｒ　フレンチベージュ７枚</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>4589478260346</t>
+          <t>4935959041117</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>リホーム　ミクロクレンザー</t>
+          <t>暁　せっけんクレンザー</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>4901080045515</t>
+          <t>4944109316289</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>アースガーデン　ハイパーお庭の虫コロリ　速効撃滅ジェット</t>
+          <t>レイヤースタイルマスク　個別包装　アッシュグレー</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>4902125150027</t>
+          <t>4944109316296</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>プレミアム毎日香　アクア　大型バラ詰</t>
+          <t>レイヤースタイルマスク　個別包装　ミルキーベージュ</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>4902125263451</t>
+          <t>4944109316777</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>かたりべラベンダー／白梅　進物　４箱入　化粧箱入</t>
+          <t>耳が痛くなりにくいＫＵＲＯＭＡＳＫ</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>4902125266032</t>
+          <t>4944109316784</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>やさしい時間　朝のアールグレイティーの香り　バラ詰</t>
+          <t>耳が痛くなりにくいＧＲＡＹＭＡＳＫ</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>4902125520653</t>
+          <t>4970207120794</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>エスプリドナチュールプラム　リキッドエアーフレッシュナー</t>
+          <t>くまモンのプリント１２ロール　ダブル</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>4902125520677</t>
+          <t>4973202304503</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>エスプリ　ド　ナチュール　ツバキリキッド</t>
+          <t>美容成分をはさんだとけだすスキンケアコットンビタミンＣ　ｉｎ</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>4902125667396</t>
+          <t>4973202801071</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>香伝　花の香り　サック２種入</t>
+          <t>ダスポン排水口用</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>4902125955158</t>
+          <t>4987176292858</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>毎日ローソク　小３号</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香り本体</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2025年09月29日</t>
+        </is>
+      </c>
+      <c r="D281" s="0" t="inlineStr">
+        <is>
+          <t>4987176336293</t>
+        </is>
+      </c>
+      <c r="E281" s="0" t="inlineStr">
+        <is>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　本体</t>
+        </is>
+      </c>
+      <c r="F281" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月29日</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>4902125955196</t>
+          <t>4987176238894</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>毎日ローソク　小７．５号</t>
+          <t>パンパース　通気性プラス　パンツ　ビッグサイズ</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年03月13日</t>
+        </is>
+      </c>
+      <c r="D282" s="0" t="inlineStr">
+        <is>
+          <t>4987176377968</t>
+        </is>
+      </c>
+      <c r="E282" s="0" t="inlineStr">
+        <is>
+          <t>パンパース超吸収エアリー</t>
+        </is>
+      </c>
+      <c r="F282" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月16日</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>4902393750578</t>
+          <t>4571113808464</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ１９　西宮市その他プラ　とって１５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>ホワイトティスキンクリーム</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>4902393750585</t>
+          <t>4901070129553</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ３１　西宮市その他プラ　とって３０Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　アーバンロマンス</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>4902393750592</t>
+          <t>4901070129560</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ４３　西宮市その他プラ　４５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　グレイスボーテ</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>4935959041117</t>
+          <t>4901070129836</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>暁　せっけんクレンザー</t>
+          <t>クルマの消臭力　プレミアムアロマゲル　アーバンリュクス</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>4944109316289</t>
+          <t>4901070130597</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>レイヤースタイルマスク　個別包装　アッシュグレー</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　ベルベットムスク</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>4944109316296</t>
+          <t>4901070130603</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>レイヤースタイルマスク　個別包装　ミルキーベージュ</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　ムーンライトシャボン</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>4944109316777</t>
+          <t>4901070131600</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>耳が痛くなりにくいＫＵＲＯＭＡＳＫ</t>
+          <t>消臭力　コンパクト　トイレ用　本体　リフレッシュサボン</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>4944109316784</t>
+          <t>4901070131617</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>耳が痛くなりにくいＧＲＡＹＭＡＳＫ</t>
+          <t>消臭力　コンパクト　トイレ用　本体　グリーンフルーティー</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>4970207120794</t>
+          <t>4901070131624</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>くまモンのプリント１２ロール　ダブル</t>
+          <t>消臭力　コンパクト　トイレ用　本体　シルキーブーケ</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>4973202304503</t>
+          <t>4901070131631</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>美容成分をはさんだとけだすスキンケアコットンビタミンＣ　ｉｎ</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　リフレッシュサボン</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>4973202801071</t>
+          <t>4901070131648</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>ダスポン排水口用</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　グリーンフルーティー</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>4971825017404</t>
+          <t>4901070131655</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>デオナチュレ　直ヌリジェル石けん</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　シルキーブーケ</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>2025年12月19日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>4550309270094</t>
+          <t>4901070722433</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>スコッチ・ブライト　抗菌ウレタンスポンジたわしＳスリムサイズ　Ｓ－２５ＫＳ</t>
+          <t>ファミリー　ビニールうす手　ロング　腕カバー付き　指先抗ウイルス加工　Ｍ　ピンク</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>4902125106017</t>
+          <t>4901070754892</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>毎日香　進物型サック６入　包装品</t>
+          <t>ファミリー　手肌ケア手袋　フリーサイズ　ホワイト</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>4902125141001</t>
+          <t>4901070760992</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>山水香　大把　＃１４１</t>
+          <t>ファミリー　ニトリルゴム　極うす手　Ｓ　ホワイト</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>4902125145009</t>
+          <t>4901070761012</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>山水香　バラ詰</t>
+          <t>ファミリー　ニトリルゴム　極うす手　Ｌ　ホワイト</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>4902125390003</t>
+          <t>4901070909803</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>ＲＯＯＭＹ１２ＡＳ／ＣＯＮＥＳ</t>
+          <t>洗浄力　モコ泡わ　ノズル専用クリーナー</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>4902125617001</t>
+          <t>4901070910267</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>瑞雲　塗箱短寸</t>
+          <t>新鮮番</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
-[...14 lines deleted...]
-          <t>2024年06月21日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>4902125893139</t>
+          <t>4901422324452</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　エナジー　１０ｍｌ</t>
+          <t>キチントさん　クッキングシート</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>4902125893146</t>
+          <t>4901422324469</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　ボディートーン　１０ｍｌ</t>
+          <t>キチントさん　クッキングシート　ミニ</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>4902125893153</t>
+          <t>4901422325626</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　レストフルナイト</t>
+          <t>キチントさん　フライパン用ホイルシート　２５Ｘ３M</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>4903301348894</t>
+          <t>4901422325633</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>業務用　プロ用リードペーパー１００　中サイズ</t>
+          <t>キチントさん　フライパン用ホイルシート　２５Ｘ７M</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="0" t="inlineStr">
         <is>
+          <t>4901422325640</t>
+        </is>
+      </c>
+      <c r="B305" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　フライパン用ホイルシート　３０Ｘ３M</t>
+        </is>
+      </c>
+      <c r="C305" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G305" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="0" t="inlineStr">
+        <is>
+          <t>4901422325657</t>
+        </is>
+      </c>
+      <c r="B306" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　フライパン用ホイルシート　３０Ｘ７M</t>
+        </is>
+      </c>
+      <c r="C306" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G306" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" spans="1:7">
+      <c r="A307" s="0" t="inlineStr">
+        <is>
+          <t>4901422325688</t>
+        </is>
+      </c>
+      <c r="B307" s="0" t="inlineStr">
+        <is>
+          <t>フライパン用ホイルート２５＊１５M</t>
+        </is>
+      </c>
+      <c r="C307" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G307" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" spans="1:7">
+      <c r="A308" s="0" t="inlineStr">
+        <is>
+          <t>4901422325701</t>
+        </is>
+      </c>
+      <c r="B308" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　フライパン用ホイルシート１０M</t>
+        </is>
+      </c>
+      <c r="C308" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G308" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" spans="1:7">
+      <c r="A309" s="0" t="inlineStr">
+        <is>
+          <t>4901422335670</t>
+        </is>
+      </c>
+      <c r="B309" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｓ</t>
+        </is>
+      </c>
+      <c r="C309" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G309" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" spans="1:7">
+      <c r="A310" s="0" t="inlineStr">
+        <is>
+          <t>4901422335687</t>
+        </is>
+      </c>
+      <c r="B310" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｍ</t>
+        </is>
+      </c>
+      <c r="C310" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G310" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" spans="1:7">
+      <c r="A311" s="0" t="inlineStr">
+        <is>
+          <t>4901422335694</t>
+        </is>
+      </c>
+      <c r="B311" s="0" t="inlineStr">
+        <is>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｌ</t>
+        </is>
+      </c>
+      <c r="C311" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G311" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="0" t="inlineStr">
+        <is>
+          <t>4901422336554</t>
+        </is>
+      </c>
+      <c r="B312" s="0" t="inlineStr">
+        <is>
+          <t>フリーザーバックおいしさキープＭフック式</t>
+        </is>
+      </c>
+      <c r="C312" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G312" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" spans="1:7">
+      <c r="A313" s="0" t="inlineStr">
+        <is>
+          <t>4901422338923</t>
+        </is>
+      </c>
+      <c r="B313" s="0" t="inlineStr">
+        <is>
+          <t>カチッとロックＳ</t>
+        </is>
+      </c>
+      <c r="C313" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G313" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" spans="1:7">
+      <c r="A314" s="0" t="inlineStr">
+        <is>
+          <t>4901422338930</t>
+        </is>
+      </c>
+      <c r="B314" s="0" t="inlineStr">
+        <is>
+          <t>カチッとロックＭ</t>
+        </is>
+      </c>
+      <c r="C314" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G314" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="0" t="inlineStr">
+        <is>
+          <t>4901422338954</t>
+        </is>
+      </c>
+      <c r="B315" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＳ</t>
+        </is>
+      </c>
+      <c r="C315" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G315" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="0" t="inlineStr">
+        <is>
+          <t>4901422338961</t>
+        </is>
+      </c>
+      <c r="B316" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＭ</t>
+        </is>
+      </c>
+      <c r="C316" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G316" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" spans="1:7">
+      <c r="A317" s="0" t="inlineStr">
+        <is>
+          <t>4901422338978</t>
+        </is>
+      </c>
+      <c r="B317" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＬ</t>
+        </is>
+      </c>
+      <c r="C317" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G317" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" spans="1:7">
+      <c r="A318" s="0" t="inlineStr">
+        <is>
+          <t>4901422338985</t>
+        </is>
+      </c>
+      <c r="B318" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＳ</t>
+        </is>
+      </c>
+      <c r="C318" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G318" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" spans="1:7">
+      <c r="A319" s="0" t="inlineStr">
+        <is>
+          <t>4901422338992</t>
+        </is>
+      </c>
+      <c r="B319" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＭ</t>
+        </is>
+      </c>
+      <c r="C319" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G319" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" spans="1:7">
+      <c r="A320" s="0" t="inlineStr">
+        <is>
+          <t>4901422339005</t>
+        </is>
+      </c>
+      <c r="B320" s="0" t="inlineStr">
+        <is>
+          <t>キチントさんスマートプッシュＬ</t>
+        </is>
+      </c>
+      <c r="C320" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G320" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" spans="1:7">
+      <c r="A321" s="0" t="inlineStr">
+        <is>
+          <t>4901422339029</t>
+        </is>
+      </c>
+      <c r="B321" s="0" t="inlineStr">
+        <is>
+          <t>ごはん冷凍保存容器一膳</t>
+        </is>
+      </c>
+      <c r="C321" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G321" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" spans="1:7">
+      <c r="A322" s="0" t="inlineStr">
+        <is>
+          <t>4901422339036</t>
+        </is>
+      </c>
+      <c r="B322" s="0" t="inlineStr">
+        <is>
+          <t>ごはん冷凍保存容器一膳</t>
+        </is>
+      </c>
+      <c r="C322" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G322" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" spans="1:7">
+      <c r="A323" s="0" t="inlineStr">
+        <is>
+          <t>4901422339043</t>
+        </is>
+      </c>
+      <c r="B323" s="0" t="inlineStr">
+        <is>
+          <t>ごはん冷凍保存容器小盛</t>
+        </is>
+      </c>
+      <c r="C323" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G323" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" spans="1:7">
+      <c r="A324" s="0" t="inlineStr">
+        <is>
+          <t>4901422339050</t>
+        </is>
+      </c>
+      <c r="B324" s="0" t="inlineStr">
+        <is>
+          <t>ごはん冷凍保存容器小盛</t>
+        </is>
+      </c>
+      <c r="C324" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G324" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="325" spans="1:7">
+      <c r="A325" s="0" t="inlineStr">
+        <is>
+          <t>4901422339067</t>
+        </is>
+      </c>
+      <c r="B325" s="0" t="inlineStr">
+        <is>
+          <t>ごはん冷凍保存容器アソートセット</t>
+        </is>
+      </c>
+      <c r="C325" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G325" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="326" spans="1:7">
+      <c r="A326" s="0" t="inlineStr">
+        <is>
+          <t>4901422351120</t>
+        </is>
+      </c>
+      <c r="B326" s="0" t="inlineStr">
+        <is>
+          <t>キッチンパック</t>
+        </is>
+      </c>
+      <c r="C326" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G326" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="327" spans="1:7">
+      <c r="A327" s="0" t="inlineStr">
+        <is>
+          <t>4901422351144</t>
+        </is>
+      </c>
+      <c r="B327" s="0" t="inlineStr">
+        <is>
+          <t>キッチンパック</t>
+        </is>
+      </c>
+      <c r="C327" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G327" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="328" spans="1:7">
+      <c r="A328" s="0" t="inlineStr">
+        <is>
+          <t>4902125461000</t>
+        </is>
+      </c>
+      <c r="B328" s="0" t="inlineStr">
+        <is>
+          <t>あかり香炉　かゆらぎ　１２０００゜</t>
+        </is>
+      </c>
+      <c r="C328" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G328" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="329" spans="1:7">
+      <c r="A329" s="0" t="inlineStr">
+        <is>
+          <t>4902125893221</t>
+        </is>
+      </c>
+      <c r="B329" s="0" t="inlineStr">
+        <is>
+          <t>アロマベラ　エッセンシャルオイル　ユーカリ　１０ｍｌ</t>
+        </is>
+      </c>
+      <c r="C329" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G329" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="330" spans="1:7">
+      <c r="A330" s="0" t="inlineStr">
+        <is>
+          <t>4902125893245</t>
+        </is>
+      </c>
+      <c r="B330" s="0" t="inlineStr">
+        <is>
+          <t>アロマベラ　エッセンシャルオイル　ゼラニウム　１０ｍｌ</t>
+        </is>
+      </c>
+      <c r="C330" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G330" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="331" spans="1:7">
+      <c r="A331" s="0" t="inlineStr">
+        <is>
+          <t>4902125893313</t>
+        </is>
+      </c>
+      <c r="B331" s="0" t="inlineStr">
+        <is>
+          <t>アロマベラ　エッセンシャルオイル　レモングラス　１０ｍｌ</t>
+        </is>
+      </c>
+      <c r="C331" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G331" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="332" spans="1:7">
+      <c r="A332" s="0" t="inlineStr">
+        <is>
+          <t>4902125893344</t>
+        </is>
+      </c>
+      <c r="B332" s="0" t="inlineStr">
+        <is>
+          <t>アロマベラ　エッセンシャルオイル　オレンジ　１０ｍｌ</t>
+        </is>
+      </c>
+      <c r="C332" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G332" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="333" spans="1:7">
+      <c r="A333" s="0" t="inlineStr">
+        <is>
+          <t>4906156037920</t>
+        </is>
+      </c>
+      <c r="B333" s="0" t="inlineStr">
+        <is>
+          <t>ヴィートリッチバスタイム除毛クリームしっかり除毛</t>
+        </is>
+      </c>
+      <c r="C333" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G333" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="334" spans="1:7">
+      <c r="A334" s="0" t="inlineStr">
+        <is>
+          <t>4906156603286</t>
+        </is>
+      </c>
+      <c r="B334" s="0" t="inlineStr">
+        <is>
+          <t>おそとでメディキュット　エニタイムエクササイズ　エブリデイＭ－Ｌサイズ</t>
+        </is>
+      </c>
+      <c r="C334" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G334" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="335" spans="1:7">
+      <c r="A335" s="0" t="inlineStr">
+        <is>
+          <t>4906156603293</t>
+        </is>
+      </c>
+      <c r="B335" s="0" t="inlineStr">
+        <is>
+          <t>おそとでメディキュット　エニタイムエクササイズ　エブリデイＬ－ＬＬサイズ</t>
+        </is>
+      </c>
+      <c r="C335" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G335" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="336" spans="1:7">
+      <c r="A336" s="0" t="inlineStr">
+        <is>
+          <t>4906156603361</t>
+        </is>
+      </c>
+      <c r="B336" s="0" t="inlineStr">
+        <is>
+          <t>メディキュット　ネイチャーヒーリングソックス　ロング　ナチュラルグレー　Ｍ</t>
+        </is>
+      </c>
+      <c r="C336" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G336" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="337" spans="1:7">
+      <c r="A337" s="0" t="inlineStr">
+        <is>
+          <t>4906156603378</t>
+        </is>
+      </c>
+      <c r="B337" s="0" t="inlineStr">
+        <is>
+          <t>メディキュット　ネイチャーヒーリングソックス　ロング　ナチュラルグレー　Ｌ</t>
+        </is>
+      </c>
+      <c r="C337" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G337" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="338" spans="1:7">
+      <c r="A338" s="0" t="inlineStr">
+        <is>
+          <t>4936960108578</t>
+        </is>
+      </c>
+      <c r="B338" s="0" t="inlineStr">
+        <is>
+          <t>スマートスタイルヘッドホンＢＫ</t>
+        </is>
+      </c>
+      <c r="C338" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月16日</t>
+        </is>
+      </c>
+      <c r="G338" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="339" spans="1:7">
+      <c r="A339" s="0" t="inlineStr">
+        <is>
+          <t>4936960108585</t>
+        </is>
+      </c>
+      <c r="B339" s="0" t="inlineStr">
+        <is>
+          <t>スマートスタイルヘッドホンＳＬ</t>
+        </is>
+      </c>
+      <c r="C339" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月16日</t>
+        </is>
+      </c>
+      <c r="G339" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="340" spans="1:7">
+      <c r="A340" s="0" t="inlineStr">
+        <is>
+          <t>4987176228673</t>
+        </is>
+      </c>
+      <c r="B340" s="0" t="inlineStr">
+        <is>
+          <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　超特大サイズ</t>
+        </is>
+      </c>
+      <c r="C340" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G340" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="341" spans="1:7">
+      <c r="A341" s="0" t="inlineStr">
+        <is>
+          <t>4987176228734</t>
+        </is>
+      </c>
+      <c r="B341" s="0" t="inlineStr">
+        <is>
+          <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　特大サイズ</t>
+        </is>
+      </c>
+      <c r="C341" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G341" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="342" spans="1:7">
+      <c r="A342" s="0" t="inlineStr">
+        <is>
+          <t>4987176242136</t>
+        </is>
+      </c>
+      <c r="B342" s="0" t="inlineStr">
+        <is>
+          <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　超特大サイズ</t>
+        </is>
+      </c>
+      <c r="C342" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G342" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="343" spans="1:7">
+      <c r="A343" s="0" t="inlineStr">
+        <is>
+          <t>4987176242143</t>
+        </is>
+      </c>
+      <c r="B343" s="0" t="inlineStr">
+        <is>
+          <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　特大サイズ</t>
+        </is>
+      </c>
+      <c r="C343" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G343" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="344" spans="1:7">
+      <c r="A344" s="0" t="inlineStr">
+        <is>
+          <t>4987176242198</t>
+        </is>
+      </c>
+      <c r="B344" s="0" t="inlineStr">
+        <is>
+          <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　特大サイズ</t>
+        </is>
+      </c>
+      <c r="C344" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G344" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="345" spans="1:7">
+      <c r="A345" s="0" t="inlineStr">
+        <is>
+          <t>4987176253897</t>
+        </is>
+      </c>
+      <c r="B345" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　イージークリップ　ベルガモットウッド</t>
+        </is>
+      </c>
+      <c r="C345" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G345" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="346" spans="1:7">
+      <c r="A346" s="0" t="inlineStr">
+        <is>
+          <t>4987176253903</t>
+        </is>
+      </c>
+      <c r="B346" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　イージークリップ　パッションアンバー</t>
+        </is>
+      </c>
+      <c r="C346" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G346" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="347" spans="1:7">
+      <c r="A347" s="0" t="inlineStr">
+        <is>
+          <t>4987176253910</t>
+        </is>
+      </c>
+      <c r="B347" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　イージークリップ　パッションアンバー</t>
+        </is>
+      </c>
+      <c r="C347" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G347" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="348" spans="1:7">
+      <c r="A348" s="0" t="inlineStr">
+        <is>
+          <t>4987176256461</t>
+        </is>
+      </c>
+      <c r="B348" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　イージークリップ　ホワイトフローラル</t>
+        </is>
+      </c>
+      <c r="C348" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G348" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="349" spans="1:7">
+      <c r="A349" s="0" t="inlineStr">
+        <is>
+          <t>4987176256478</t>
+        </is>
+      </c>
+      <c r="B349" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　イージークリップ　ホワイトフローラル</t>
+        </is>
+      </c>
+      <c r="C349" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G349" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="350" spans="1:7">
+      <c r="A350" s="0" t="inlineStr">
+        <is>
+          <t>4987176263339</t>
+        </is>
+      </c>
+      <c r="B350" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　詰替え</t>
+        </is>
+      </c>
+      <c r="C350" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G350" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="351" spans="1:7">
+      <c r="A351" s="0" t="inlineStr">
+        <is>
+          <t>4987176263377</t>
+        </is>
+      </c>
+      <c r="B351" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　詰替え</t>
+        </is>
+      </c>
+      <c r="C351" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G351" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="352" spans="1:7">
+      <c r="A352" s="0" t="inlineStr">
+        <is>
+          <t>4987176263384</t>
+        </is>
+      </c>
+      <c r="B352" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　詰替え</t>
+        </is>
+      </c>
+      <c r="C352" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G352" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="353" spans="1:7">
+      <c r="A353" s="0" t="inlineStr">
+        <is>
+          <t>4987176263407</t>
+        </is>
+      </c>
+      <c r="B353" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　本体</t>
+        </is>
+      </c>
+      <c r="C353" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G353" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="354" spans="1:7">
+      <c r="A354" s="0" t="inlineStr">
+        <is>
+          <t>4987176263445</t>
+        </is>
+      </c>
+      <c r="B354" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　本体＋詰替え</t>
+        </is>
+      </c>
+      <c r="C354" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G354" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="355" spans="1:7">
+      <c r="A355" s="0" t="inlineStr">
+        <is>
+          <t>4987176263452</t>
+        </is>
+      </c>
+      <c r="B355" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　スイート・ピオニー＆ミュゲ　詰替え</t>
+        </is>
+      </c>
+      <c r="C355" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G355" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="356" spans="1:7">
+      <c r="A356" s="0" t="inlineStr">
+        <is>
+          <t>4987176263469</t>
+        </is>
+      </c>
+      <c r="B356" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体</t>
+        </is>
+      </c>
+      <c r="C356" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G356" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="357" spans="1:7">
+      <c r="A357" s="0" t="inlineStr">
+        <is>
+          <t>4987176263476</t>
+        </is>
+      </c>
+      <c r="B357" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　本体＋詰替え</t>
+        </is>
+      </c>
+      <c r="C357" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G357" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="358" spans="1:7">
+      <c r="A358" s="0" t="inlineStr">
+        <is>
+          <t>4987176263483</t>
+        </is>
+      </c>
+      <c r="B358" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体＋詰替え</t>
+        </is>
+      </c>
+      <c r="C358" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G358" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="359" spans="1:7">
+      <c r="A359" s="0" t="inlineStr">
+        <is>
+          <t>4987176263490</t>
+        </is>
+      </c>
+      <c r="B359" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　本体＋詰替え</t>
+        </is>
+      </c>
+      <c r="C359" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G359" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="360" spans="1:7">
+      <c r="A360" s="0" t="inlineStr">
+        <is>
+          <t>4987176263506</t>
+        </is>
+      </c>
+      <c r="B360" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　詰替え</t>
+        </is>
+      </c>
+      <c r="C360" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G360" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="361" spans="1:7">
+      <c r="A361" s="0" t="inlineStr">
+        <is>
+          <t>4987176263513</t>
+        </is>
+      </c>
+      <c r="B361" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　玄関用消臭剤　スイート・ピオニー＆ミュゲ　本体＋詰替え</t>
+        </is>
+      </c>
+      <c r="C361" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G361" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="362" spans="1:7">
+      <c r="A362" s="0" t="inlineStr">
+        <is>
+          <t>4987176273178</t>
+        </is>
+      </c>
+      <c r="B362" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体</t>
+        </is>
+      </c>
+      <c r="C362" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G362" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="363" spans="1:7">
+      <c r="A363" s="0" t="inlineStr">
+        <is>
+          <t>4987176273185</t>
+        </is>
+      </c>
+      <c r="B363" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体＋詰替え２個パック</t>
+        </is>
+      </c>
+      <c r="C363" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G363" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="364" spans="1:7">
+      <c r="A364" s="0" t="inlineStr">
+        <is>
+          <t>4987176273208</t>
+        </is>
+      </c>
+      <c r="B364" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体＋詰替え２個パック</t>
+        </is>
+      </c>
+      <c r="C364" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G364" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="365" spans="1:7">
+      <c r="A365" s="0" t="inlineStr">
+        <is>
+          <t>4987176273215</t>
+        </is>
+      </c>
+      <c r="B365" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体＋詰替え２個パック</t>
+        </is>
+      </c>
+      <c r="C365" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G365" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="366" spans="1:7">
+      <c r="A366" s="0" t="inlineStr">
+        <is>
+          <t>4987176273222</t>
+        </is>
+      </c>
+      <c r="B366" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体</t>
+        </is>
+      </c>
+      <c r="C366" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G366" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="367" spans="1:7">
+      <c r="A367" s="0" t="inlineStr">
+        <is>
+          <t>4987176292216</t>
+        </is>
+      </c>
+      <c r="B367" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　詰替え</t>
+        </is>
+      </c>
+      <c r="C367" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G367" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="368" spans="1:7">
+      <c r="A368" s="0" t="inlineStr">
+        <is>
+          <t>4987176292223</t>
+        </is>
+      </c>
+      <c r="B368" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　詰替え</t>
+        </is>
+      </c>
+      <c r="C368" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G368" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="369" spans="1:7">
+      <c r="A369" s="0" t="inlineStr">
+        <is>
+          <t>4987176292230</t>
+        </is>
+      </c>
+      <c r="B369" s="0" t="inlineStr">
+        <is>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　詰替え</t>
+        </is>
+      </c>
+      <c r="C369" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月13日</t>
+        </is>
+      </c>
+      <c r="G369" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="370" spans="1:7">
+      <c r="A370" s="0" t="inlineStr">
+        <is>
+          <t>4987176139412</t>
+        </is>
+      </c>
+      <c r="B370" s="0" t="inlineStr">
+        <is>
+          <t>パンテーン　マカロンヘアマスク　色つやリッチ</t>
+        </is>
+      </c>
+      <c r="C370" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月04日</t>
+        </is>
+      </c>
+      <c r="G370" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="371" spans="1:7">
+      <c r="A371" s="0" t="inlineStr">
+        <is>
+          <t>4987115521605</t>
+        </is>
+      </c>
+      <c r="B371" s="0" t="inlineStr">
+        <is>
+          <t>イヤな虫ムエンダー６０プッシュ</t>
+        </is>
+      </c>
+      <c r="C371" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月01日</t>
+        </is>
+      </c>
+      <c r="G371" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="372" spans="1:7">
+      <c r="A372" s="0" t="inlineStr">
+        <is>
+          <t>4987115550308</t>
+        </is>
+      </c>
+      <c r="B372" s="0" t="inlineStr">
+        <is>
+          <t>蚊に効く虫コナーズプレミアムコンパクトタイプ１５０日用</t>
+        </is>
+      </c>
+      <c r="C372" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月01日</t>
+        </is>
+      </c>
+      <c r="G372" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="373" spans="1:7">
+      <c r="A373" s="0" t="inlineStr">
+        <is>
+          <t>4902407024312</t>
+        </is>
+      </c>
+      <c r="B373" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　シャツミスト　ミントの香り</t>
+        </is>
+      </c>
+      <c r="C373" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G373" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="374" spans="1:7">
+      <c r="A374" s="0" t="inlineStr">
+        <is>
+          <t>4902407024329</t>
+        </is>
+      </c>
+      <c r="B374" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　シャツミスト　エキストラミントの香り</t>
+        </is>
+      </c>
+      <c r="C374" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G374" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="375" spans="1:7">
+      <c r="A375" s="0" t="inlineStr">
+        <is>
+          <t>4902407024343</t>
+        </is>
+      </c>
+      <c r="B375" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　シャツミスト　ミントの香り　大容量</t>
+        </is>
+      </c>
+      <c r="C375" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G375" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="376" spans="1:7">
+      <c r="A376" s="0" t="inlineStr">
+        <is>
+          <t>4902407024350</t>
+        </is>
+      </c>
+      <c r="B376" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　シャツミスト　エキストラミントの香り　大容量</t>
+        </is>
+      </c>
+      <c r="C376" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G376" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="377" spans="1:7">
+      <c r="A377" s="0" t="inlineStr">
+        <is>
+          <t>4902407024633</t>
+        </is>
+      </c>
+      <c r="B377" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　極冷えボディシート</t>
+        </is>
+      </c>
+      <c r="C377" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G377" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="378" spans="1:7">
+      <c r="A378" s="0" t="inlineStr">
+        <is>
+          <t>4902407024657</t>
+        </is>
+      </c>
+      <c r="B378" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　シャツミスト　エキストラミントの香り　大容量　つめかえ用</t>
+        </is>
+      </c>
+      <c r="C378" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G378" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="379" spans="1:7">
+      <c r="A379" s="0" t="inlineStr">
+        <is>
+          <t>4902407024718</t>
+        </is>
+      </c>
+      <c r="B379" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　極冷えボディシート　せっけんの香り</t>
+        </is>
+      </c>
+      <c r="C379" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G379" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="380" spans="1:7">
+      <c r="A380" s="0" t="inlineStr">
+        <is>
+          <t>4902407024725</t>
+        </is>
+      </c>
+      <c r="B380" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　極冷え洗顔シート　２０枚×２個入</t>
+        </is>
+      </c>
+      <c r="C380" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G380" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="381" spans="1:7">
+      <c r="A381" s="0" t="inlineStr">
+        <is>
+          <t>4902407024787</t>
+        </is>
+      </c>
+      <c r="B381" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　極冷えタオル　ピンク</t>
+        </is>
+      </c>
+      <c r="C381" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G381" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="382" spans="1:7">
+      <c r="A382" s="0" t="inlineStr">
+        <is>
+          <t>4902407025111</t>
+        </is>
+      </c>
+      <c r="B382" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　ＩＣＥ　ＫＩＮＧ　極冷えボディミスト　金木犀の香り</t>
+        </is>
+      </c>
+      <c r="C382" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G382" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="383" spans="1:7">
+      <c r="A383" s="0" t="inlineStr">
+        <is>
+          <t>4902407025128</t>
+        </is>
+      </c>
+      <c r="B383" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　ネッククーラー　Ｍサイズ</t>
+        </is>
+      </c>
+      <c r="C383" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G383" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="384" spans="1:7">
+      <c r="A384" s="0" t="inlineStr">
+        <is>
+          <t>4902407025135</t>
+        </is>
+      </c>
+      <c r="B384" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　ネッククーラー　Ｌサイズ</t>
+        </is>
+      </c>
+      <c r="C384" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G384" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="385" spans="1:7">
+      <c r="A385" s="0" t="inlineStr">
+        <is>
+          <t>4902407025166</t>
+        </is>
+      </c>
+      <c r="B385" s="0" t="inlineStr">
+        <is>
+          <t>アイスノン　ＩＣＥ　ＫＩＮＧ　極冷えボディミスト　金木犀の香り　つめかえ用</t>
+        </is>
+      </c>
+      <c r="C385" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G385" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="386" spans="1:7">
+      <c r="A386" s="0" t="inlineStr">
+        <is>
+          <t>4973307559556</t>
+        </is>
+      </c>
+      <c r="B386" s="0" t="inlineStr">
+        <is>
+          <t>竹安全箸　１６．５ｃｍ　アイムドラえもん　宇宙さんぽ</t>
+        </is>
+      </c>
+      <c r="C386" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月26日</t>
+        </is>
+      </c>
+      <c r="G386" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="387" spans="1:7">
+      <c r="A387" s="0" t="inlineStr">
+        <is>
+          <t>4972453415662</t>
+        </is>
+      </c>
+      <c r="B387" s="0" t="inlineStr">
+        <is>
+          <t>デオウエットヘッドケアシート</t>
+        </is>
+      </c>
+      <c r="C387" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月23日</t>
+        </is>
+      </c>
+      <c r="G387" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" s="0" t="inlineStr">
+        <is>
+          <t>4987067466603</t>
+        </is>
+      </c>
+      <c r="B388" s="0" t="inlineStr">
+        <is>
+          <t>新ぬくぬく当番貼るレギュラー</t>
+        </is>
+      </c>
+      <c r="C388" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月22日</t>
+        </is>
+      </c>
+      <c r="G388" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="389" spans="1:7">
+      <c r="A389" s="0" t="inlineStr">
+        <is>
+          <t>4987067843602</t>
+        </is>
+      </c>
+      <c r="B389" s="0" t="inlineStr">
+        <is>
+          <t>ぬくぬく当番　くつ下用</t>
+        </is>
+      </c>
+      <c r="C389" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月22日</t>
+        </is>
+      </c>
+      <c r="G389" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="390" spans="1:7">
+      <c r="A390" s="0" t="inlineStr">
+        <is>
+          <t>4902424435726</t>
+        </is>
+      </c>
+      <c r="B390" s="0" t="inlineStr">
+        <is>
+          <t>スキンベープミスト</t>
+        </is>
+      </c>
+      <c r="C390" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+      <c r="G390" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="391" spans="1:7">
+      <c r="A391" s="0" t="inlineStr">
+        <is>
+          <t>4902424452051</t>
+        </is>
+      </c>
+      <c r="B391" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーワンショット未来６０回</t>
+        </is>
+      </c>
+      <c r="C391" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+      <c r="G391" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="392" spans="1:7">
+      <c r="A392" s="0" t="inlineStr">
+        <is>
+          <t>4987176277978</t>
+        </is>
+      </c>
+      <c r="B392" s="0" t="inlineStr">
+        <is>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　超特大サイズ</t>
+        </is>
+      </c>
+      <c r="C392" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+      <c r="G392" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="393" spans="1:7">
+      <c r="A393" s="0" t="inlineStr">
+        <is>
+          <t>4987176278111</t>
+        </is>
+      </c>
+      <c r="B393" s="0" t="inlineStr">
+        <is>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　特大サイズ</t>
+        </is>
+      </c>
+      <c r="C393" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+      <c r="G393" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="394" spans="1:7">
+      <c r="A394" s="0" t="inlineStr">
+        <is>
+          <t>4906156501445</t>
+        </is>
+      </c>
+      <c r="B394" s="0" t="inlineStr">
+        <is>
+          <t>フィニッシュパワー＆ピュア　大型</t>
+        </is>
+      </c>
+      <c r="C394" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
+        </is>
+      </c>
+      <c r="G394" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="395" spans="1:7">
+      <c r="A395" s="0" t="inlineStr">
+        <is>
+          <t>4987176278128</t>
+        </is>
+      </c>
+      <c r="B395" s="0" t="inlineStr">
+        <is>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　本体</t>
+        </is>
+      </c>
+      <c r="C395" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月16日</t>
+        </is>
+      </c>
+      <c r="G395" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" s="0" t="inlineStr">
+        <is>
+          <t>4971671187870</t>
+        </is>
+      </c>
+      <c r="B396" s="0" t="inlineStr">
+        <is>
+          <t>低・高反発Ｗ効果インソール</t>
+        </is>
+      </c>
+      <c r="C396" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G396" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" s="0" t="inlineStr">
+        <is>
+          <t>4906156800708</t>
+        </is>
+      </c>
+      <c r="B397" s="0" t="inlineStr">
+        <is>
+          <t>ミューズノータッチ　泡ハンドソープ自動ディスペンサー　キッチン用</t>
+        </is>
+      </c>
+      <c r="C397" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="G397" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="398" spans="1:7">
+      <c r="A398" s="0" t="inlineStr">
+        <is>
+          <t>4524963010907</t>
+        </is>
+      </c>
+      <c r="B398" s="0" t="inlineStr">
+        <is>
+          <t>しみとりマイクロブラシ</t>
+        </is>
+      </c>
+      <c r="C398" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G398" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="0" t="inlineStr">
+        <is>
           <t>4524963011157</t>
         </is>
       </c>
-      <c r="B305" s="0" t="inlineStr">
+      <c r="B399" s="0" t="inlineStr">
         <is>
           <t>業務用ダイヤモンドパッド　シート＆ホルダーセット</t>
         </is>
       </c>
-      <c r="C305" s="0" t="inlineStr">
-[...6 lines deleted...]
-          <t>2025年07月22日</t>
+      <c r="C399" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G399" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="400" spans="1:7">
+      <c r="A400" s="0" t="inlineStr">
+        <is>
+          <t>4891228301743</t>
+        </is>
+      </c>
+      <c r="B400" s="0" t="inlineStr">
+        <is>
+          <t>プレミア敏感肌用折りたたみタイプＬディスポ</t>
+        </is>
+      </c>
+      <c r="C400" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G400" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="401" spans="1:7">
+      <c r="A401" s="0" t="inlineStr">
+        <is>
+          <t>4891228302511</t>
+        </is>
+      </c>
+      <c r="B401" s="0" t="inlineStr">
+        <is>
+          <t>シックハイドロ５パワーセレクトダブルホルダー（替刃２コ付）　ＨＰＳＩ５－２１０</t>
+        </is>
+      </c>
+      <c r="C401" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G401" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="402" spans="1:7">
+      <c r="A402" s="0" t="inlineStr">
+        <is>
+          <t>4891228302658</t>
+        </is>
+      </c>
+      <c r="B402" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　パワーセレクト　ホルダー　替刃付</t>
+        </is>
+      </c>
+      <c r="C402" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G402" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="403" spans="1:7">
+      <c r="A403" s="0" t="inlineStr">
+        <is>
+          <t>4891228303679</t>
+        </is>
+      </c>
+      <c r="B403" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアムパワーセレクト替刃</t>
+        </is>
+      </c>
+      <c r="C403" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G403" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="404" spans="1:7">
+      <c r="A404" s="0" t="inlineStr">
+        <is>
+          <t>4891228303686</t>
+        </is>
+      </c>
+      <c r="B404" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　パワーセレクト　替刃</t>
+        </is>
+      </c>
+      <c r="C404" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G404" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="405" spans="1:7">
+      <c r="A405" s="0" t="inlineStr">
+        <is>
+          <t>4891228303693</t>
+        </is>
+      </c>
+      <c r="B405" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５パワーセレクト替刃</t>
+        </is>
+      </c>
+      <c r="C405" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G405" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="406" spans="1:7">
+      <c r="A406" s="0" t="inlineStr">
+        <is>
+          <t>4891228303709</t>
+        </is>
+      </c>
+      <c r="B406" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５パワーセレクト替刃</t>
+        </is>
+      </c>
+      <c r="C406" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G406" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="407" spans="1:7">
+      <c r="A407" s="0" t="inlineStr">
+        <is>
+          <t>4891228310691</t>
+        </is>
+      </c>
+      <c r="B407" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　ホルダー　替刃付</t>
+        </is>
+      </c>
+      <c r="C407" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G407" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" spans="1:7">
+      <c r="A408" s="0" t="inlineStr">
+        <is>
+          <t>4891228310721</t>
+        </is>
+      </c>
+      <c r="B408" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　つるり肌へ　替刃</t>
+        </is>
+      </c>
+      <c r="C408" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G408" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" spans="1:7">
+      <c r="A409" s="0" t="inlineStr">
+        <is>
+          <t>4891228310738</t>
+        </is>
+      </c>
+      <c r="B409" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　替刃</t>
+        </is>
+      </c>
+      <c r="C409" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G409" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="410" spans="1:7">
+      <c r="A410" s="0" t="inlineStr">
+        <is>
+          <t>4891228310745</t>
+        </is>
+      </c>
+      <c r="B410" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き）</t>
+        </is>
+      </c>
+      <c r="C410" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G410" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="411" spans="1:7">
+      <c r="A411" s="0" t="inlineStr">
+        <is>
+          <t>4891228310776</t>
+        </is>
+      </c>
+      <c r="B411" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+        </is>
+      </c>
+      <c r="C411" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G411" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="412" spans="1:7">
+      <c r="A412" s="0" t="inlineStr">
+        <is>
+          <t>4891228310783</t>
+        </is>
+      </c>
+      <c r="B412" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+        </is>
+      </c>
+      <c r="C412" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G412" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="413" spans="1:7">
+      <c r="A413" s="0" t="inlineStr">
+        <is>
+          <t>4891228310790</t>
+        </is>
+      </c>
+      <c r="B413" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５ベーシック　ホルダー　替刃付</t>
+        </is>
+      </c>
+      <c r="C413" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G413" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="414" spans="1:7">
+      <c r="A414" s="0" t="inlineStr">
+        <is>
+          <t>4891228310813</t>
+        </is>
+      </c>
+      <c r="B414" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５ベーシック　替刃</t>
+        </is>
+      </c>
+      <c r="C414" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G414" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="415" spans="1:7">
+      <c r="A415" s="0" t="inlineStr">
+        <is>
+          <t>4891228310820</t>
+        </is>
+      </c>
+      <c r="B415" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５　ベーシック　替刃</t>
+        </is>
+      </c>
+      <c r="C415" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G415" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="416" spans="1:7">
+      <c r="A416" s="0" t="inlineStr">
+        <is>
+          <t>4891228310837</t>
+        </is>
+      </c>
+      <c r="B416" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５ベーシック　替刃　１２コ入</t>
+        </is>
+      </c>
+      <c r="C416" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G416" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="417" spans="1:7">
+      <c r="A417" s="0" t="inlineStr">
+        <is>
+          <t>4891228311391</t>
+        </is>
+      </c>
+      <c r="B417" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５　ナチュラル　替刃</t>
+        </is>
+      </c>
+      <c r="C417" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G417" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="418" spans="1:7">
+      <c r="A418" s="0" t="inlineStr">
+        <is>
+          <t>4891228311414</t>
+        </is>
+      </c>
+      <c r="B418" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５　ナチュラル　替刃</t>
+        </is>
+      </c>
+      <c r="C418" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G418" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="419" spans="1:7">
+      <c r="A419" s="0" t="inlineStr">
+        <is>
+          <t>4891228312220</t>
+        </is>
+      </c>
+      <c r="B419" s="0" t="inlineStr">
+        <is>
+          <t>イントゥイション　しっとり肌　ホルダー（刃付き）お試し用</t>
+        </is>
+      </c>
+      <c r="C419" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G419" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="420" spans="1:7">
+      <c r="A420" s="0" t="inlineStr">
+        <is>
+          <t>4891228312237</t>
+        </is>
+      </c>
+      <c r="B420" s="0" t="inlineStr">
+        <is>
+          <t>イントゥイション　さっぱりうるおい肌　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C420" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G420" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="421" spans="1:7">
+      <c r="A421" s="0" t="inlineStr">
+        <is>
+          <t>4891228312275</t>
+        </is>
+      </c>
+      <c r="B421" s="0" t="inlineStr">
+        <is>
+          <t>イントゥイション　さっぱりうるおい肌　替刃</t>
+        </is>
+      </c>
+      <c r="C421" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G421" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="422" spans="1:7">
+      <c r="A422" s="0" t="inlineStr">
+        <is>
+          <t>4891228312398</t>
+        </is>
+      </c>
+      <c r="B422" s="0" t="inlineStr">
+        <is>
+          <t>シック　ヒゲグルーマー（刃付き）</t>
+        </is>
+      </c>
+      <c r="C422" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G422" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="423" spans="1:7">
+      <c r="A423" s="0" t="inlineStr">
+        <is>
+          <t>4891228314897</t>
+        </is>
+      </c>
+      <c r="B423" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５ベーシック　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+        </is>
+      </c>
+      <c r="C423" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G423" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="424" spans="1:7">
+      <c r="A424" s="0" t="inlineStr">
+        <is>
+          <t>4891228314903</t>
+        </is>
+      </c>
+      <c r="B424" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　つるり肌へ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+        </is>
+      </c>
+      <c r="C424" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G424" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="425" spans="1:7">
+      <c r="A425" s="0" t="inlineStr">
+        <is>
+          <t>4891228314910</t>
+        </is>
+      </c>
+      <c r="B425" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+        </is>
+      </c>
+      <c r="C425" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G425" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="426" spans="1:7">
+      <c r="A426" s="0" t="inlineStr">
+        <is>
+          <t>4891228314934</t>
+        </is>
+      </c>
+      <c r="B426" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C426" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G426" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="427" spans="1:7">
+      <c r="A427" s="0" t="inlineStr">
+        <is>
+          <t>4891228314941</t>
+        </is>
+      </c>
+      <c r="B427" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C427" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G427" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="428" spans="1:7">
+      <c r="A428" s="0" t="inlineStr">
+        <is>
+          <t>4891228314958</t>
+        </is>
+      </c>
+      <c r="B428" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　替刃（４コ入）</t>
+        </is>
+      </c>
+      <c r="C428" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G428" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="429" spans="1:7">
+      <c r="A429" s="0" t="inlineStr">
+        <is>
+          <t>4891228314965</t>
+        </is>
+      </c>
+      <c r="B429" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　替刃（８コ入）</t>
+        </is>
+      </c>
+      <c r="C429" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G429" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="430" spans="1:7">
+      <c r="A430" s="0" t="inlineStr">
+        <is>
+          <t>4891228314972</t>
+        </is>
+      </c>
+      <c r="B430" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　敏感肌　替刃（４コ入）</t>
+        </is>
+      </c>
+      <c r="C430" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G430" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="431" spans="1:7">
+      <c r="A431" s="0" t="inlineStr">
+        <is>
+          <t>4891228314989</t>
+        </is>
+      </c>
+      <c r="B431" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　敏感肌　替刃（８コ入）</t>
+        </is>
+      </c>
+      <c r="C431" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G431" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="432" spans="1:7">
+      <c r="A432" s="0" t="inlineStr">
+        <is>
+          <t>4891228314996</t>
+        </is>
+      </c>
+      <c r="B432" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+        </is>
+      </c>
+      <c r="C432" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G432" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="433" spans="1:7">
+      <c r="A433" s="0" t="inlineStr">
+        <is>
+          <t>4891228315009</t>
+        </is>
+      </c>
+      <c r="B433" s="0" t="inlineStr">
+        <is>
+          <t>シック　キワミ　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+        </is>
+      </c>
+      <c r="C433" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G433" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="434" spans="1:7">
+      <c r="A434" s="0" t="inlineStr">
+        <is>
+          <t>4891228315719</t>
+        </is>
+      </c>
+      <c r="B434" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５ナチュラル　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C434" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G434" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="435" spans="1:7">
+      <c r="A435" s="0" t="inlineStr">
+        <is>
+          <t>4891228315726</t>
+        </is>
+      </c>
+      <c r="B435" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　つるり肌へ　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C435" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G435" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="436" spans="1:7">
+      <c r="A436" s="0" t="inlineStr">
+        <is>
+          <t>4891228315733</t>
+        </is>
+      </c>
+      <c r="B436" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+        </is>
+      </c>
+      <c r="C436" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G436" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="437" spans="1:7">
+      <c r="A437" s="0" t="inlineStr">
+        <is>
+          <t>4901750883331</t>
+        </is>
+      </c>
+      <c r="B437" s="0" t="inlineStr">
+        <is>
+          <t>ポイズ肌ケアパッド超スリム＆コンパクト軽快Ｌ</t>
+        </is>
+      </c>
+      <c r="C437" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G437" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="438" spans="1:7">
+      <c r="A438" s="0" t="inlineStr">
+        <is>
+          <t>4903601652691</t>
+        </is>
+      </c>
+      <c r="B438" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロシェービングジェル</t>
+        </is>
+      </c>
+      <c r="C438" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G438" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="439" spans="1:7">
+      <c r="A439" s="0" t="inlineStr">
+        <is>
+          <t>4903601652714</t>
+        </is>
+      </c>
+      <c r="B439" s="0" t="inlineStr">
+        <is>
+          <t>ハイドロプレミアムシェービングジェル</t>
+        </is>
+      </c>
+      <c r="C439" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月26日</t>
+        </is>
+      </c>
+      <c r="G439" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="440" spans="1:7">
+      <c r="A440" s="0" t="inlineStr">
+        <is>
+          <t>4973307626135</t>
+        </is>
+      </c>
+      <c r="B440" s="0" t="inlineStr">
+        <is>
+          <t>子供立体マスク　チップ＆デール</t>
+        </is>
+      </c>
+      <c r="C440" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月18日</t>
+        </is>
+      </c>
+      <c r="G440" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="441" spans="1:7">
+      <c r="A441" s="0" t="inlineStr">
+        <is>
+          <t>4973307626159</t>
+        </is>
+      </c>
+      <c r="B441" s="0" t="inlineStr">
+        <is>
+          <t>子供立体マスク　くまのプーさん</t>
+        </is>
+      </c>
+      <c r="C441" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月18日</t>
+        </is>
+      </c>
+      <c r="G441" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="442" spans="1:7">
+      <c r="A442" s="0" t="inlineStr">
+        <is>
+          <t>4973307627231</t>
+        </is>
+      </c>
+      <c r="B442" s="0" t="inlineStr">
+        <is>
+          <t>子供立体マスク　Ｓサイズ　いないいないばあっ！</t>
+        </is>
+      </c>
+      <c r="C442" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月18日</t>
+        </is>
+      </c>
+      <c r="G442" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="443" spans="1:7">
+      <c r="A443" s="0" t="inlineStr">
+        <is>
+          <t>4973307511042</t>
+        </is>
+      </c>
+      <c r="B443" s="0" t="inlineStr">
+        <is>
+          <t>ハンドクリーム　すみっコぐらし　ねこ</t>
+        </is>
+      </c>
+      <c r="C443" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月09日</t>
+        </is>
+      </c>
+      <c r="G443" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="444" spans="1:7">
+      <c r="A444" s="0" t="inlineStr">
+        <is>
+          <t>4902875030617</t>
+        </is>
+      </c>
+      <c r="B444" s="0" t="inlineStr">
+        <is>
+          <t>緑の魔女ランドリー詰替６２０ＭＬ</t>
+        </is>
+      </c>
+      <c r="C444" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月01日</t>
+        </is>
+      </c>
+      <c r="G444" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="445" spans="1:7">
+      <c r="A445" s="0" t="inlineStr">
+        <is>
+          <t>4901559213483</t>
+        </is>
+      </c>
+      <c r="B445" s="0" t="inlineStr">
+        <is>
+          <t>ＨＥＲＳバスラボクール　ＳＰＡＲＫＬＩＮＧ　ＳＵＭＭＥＲ　１２錠入</t>
+        </is>
+      </c>
+      <c r="C445" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="G445" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="446" spans="1:7">
+      <c r="A446" s="0" t="inlineStr">
+        <is>
+          <t>4901559213971</t>
+        </is>
+      </c>
+      <c r="B446" s="0" t="inlineStr">
+        <is>
+          <t>いい湯旅立ち　納涼にごり炭酸湯　そよかぜの宿</t>
+        </is>
+      </c>
+      <c r="C446" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="G446" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="447" spans="1:7">
+      <c r="A447" s="0" t="inlineStr">
+        <is>
+          <t>4902407267375</t>
+        </is>
+      </c>
+      <c r="B447" s="0" t="inlineStr">
+        <is>
+          <t>お肌の虫よけシート　すみっコぐらし</t>
+        </is>
+      </c>
+      <c r="C447" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月31日</t>
+        </is>
+      </c>
+      <c r="G447" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="448" spans="1:7">
+      <c r="A448" s="0" t="inlineStr">
+        <is>
+          <t>4901601231687</t>
+        </is>
+      </c>
+      <c r="B448" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ０８３３ニュースタンダードツメキリＬ</t>
+        </is>
+      </c>
+      <c r="C448" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D448" s="0" t="inlineStr">
+        <is>
+          <t>4901601079340</t>
+        </is>
+      </c>
+      <c r="E448" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００２　クレアートリー　ニュースタンダードツメキリＬ</t>
+        </is>
+      </c>
+      <c r="F448" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
+      <c r="G448" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" s="0" t="inlineStr">
+        <is>
+          <t>4901601301021</t>
+        </is>
+      </c>
+      <c r="B449" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ３６００ニュースタンダードツメキリＳ</t>
+        </is>
+      </c>
+      <c r="C449" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D449" s="0" t="inlineStr">
+        <is>
+          <t>4901601079326</t>
+        </is>
+      </c>
+      <c r="E449" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４０００　クレアートリー　ニュースタンダードツメキリＳ</t>
+        </is>
+      </c>
+      <c r="F449" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
+      <c r="G449" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="450" spans="1:7">
+      <c r="A450" s="0" t="inlineStr">
+        <is>
+          <t>4901601301038</t>
+        </is>
+      </c>
+      <c r="B450" s="0" t="inlineStr">
+        <is>
+          <t>ニュースタンダードツメキリＭ　ＨＣ３６０１</t>
+        </is>
+      </c>
+      <c r="C450" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D450" s="0" t="inlineStr">
+        <is>
+          <t>4901601079333</t>
+        </is>
+      </c>
+      <c r="E450" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００１　クレアートリー　ニュースタンダードツメキリＭ</t>
+        </is>
+      </c>
+      <c r="F450" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
+      <c r="G450" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="451" spans="1:7">
+      <c r="A451" s="0" t="inlineStr">
+        <is>
+          <t>4901601301069</t>
+        </is>
+      </c>
+      <c r="B451" s="0" t="inlineStr">
+        <is>
+          <t>ニューネイルクリッパー　Ｍ　ＨＣ３６０４</t>
+        </is>
+      </c>
+      <c r="C451" s="0" t="inlineStr">
+        <is>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D451" s="0" t="inlineStr">
+        <is>
+          <t>4901601079456</t>
+        </is>
+      </c>
+      <c r="E451" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４０１３　クレアートリー　ニューネイルクリッパー　Ｍ</t>
+        </is>
+      </c>
+      <c r="F451" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
+      <c r="G451" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="452" spans="1:7">
+      <c r="A452" s="0" t="inlineStr">
+        <is>
+          <t>4901601283235</t>
+        </is>
+      </c>
+      <c r="B452" s="0" t="inlineStr">
+        <is>
+          <t>アイラッシュカーラーライトカーブ</t>
+        </is>
+      </c>
+      <c r="C452" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月12日</t>
+        </is>
+      </c>
+      <c r="G452" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="453" spans="1:7">
+      <c r="A453" s="0" t="inlineStr">
+        <is>
+          <t>4901601283259</t>
+        </is>
+      </c>
+      <c r="B453" s="0" t="inlineStr">
+        <is>
+          <t>アイラッシュカーラーディープカーブ</t>
+        </is>
+      </c>
+      <c r="C453" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月12日</t>
+        </is>
+      </c>
+      <c r="G453" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" s="0" t="inlineStr">
+        <is>
+          <t>4901601283297</t>
+        </is>
+      </c>
+      <c r="B454" s="0" t="inlineStr">
+        <is>
+          <t>ＫＱ３１６５　アイラッシュカーラー替ゴム（４コ入）</t>
+        </is>
+      </c>
+      <c r="C454" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月12日</t>
+        </is>
+      </c>
+      <c r="G454" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="455" spans="1:7">
+      <c r="A455" s="0" t="inlineStr">
+        <is>
+          <t>4987115545878</t>
+        </is>
+      </c>
+      <c r="B455" s="0" t="inlineStr">
+        <is>
+          <t>虫コナーズビーズタイプ２５０日　無香性</t>
+        </is>
+      </c>
+      <c r="C455" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月31日</t>
+        </is>
+      </c>
+      <c r="G455" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="456" spans="1:7">
+      <c r="A456" s="0" t="inlineStr">
+        <is>
+          <t>4987115545892</t>
+        </is>
+      </c>
+      <c r="B456" s="0" t="inlineStr">
+        <is>
+          <t>虫コナーズビーズタイプ２５０日シベリアンフォレストの香り</t>
+        </is>
+      </c>
+      <c r="C456" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月31日</t>
+        </is>
+      </c>
+      <c r="G456" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="457" spans="1:7">
+      <c r="A457" s="0" t="inlineStr">
+        <is>
+          <t>4904510997071</t>
+        </is>
+      </c>
+      <c r="B457" s="0" t="inlineStr">
+        <is>
+          <t>樹から生まれた手袋リッチネ薄手Ｓピンク</t>
+        </is>
+      </c>
+      <c r="C457" s="0" t="inlineStr">
+        <is>
+          <t>2024年12月31日</t>
+        </is>
+      </c>
+      <c r="G457" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="458" spans="1:7">
+      <c r="A458" s="0" t="inlineStr">
+        <is>
+          <t>4904510997095</t>
+        </is>
+      </c>
+      <c r="B458" s="0" t="inlineStr">
+        <is>
+          <t>樹から生まれた手袋リッチネ薄手Ｍグリーン</t>
+        </is>
+      </c>
+      <c r="C458" s="0" t="inlineStr">
+        <is>
+          <t>2024年12月31日</t>
+        </is>
+      </c>
+      <c r="G458" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="459" spans="1:7">
+      <c r="A459" s="0" t="inlineStr">
+        <is>
+          <t>4904510997101</t>
+        </is>
+      </c>
+      <c r="B459" s="0" t="inlineStr">
+        <is>
+          <t>樹から生まれた手袋リッチネ薄手Ｌグリーン</t>
+        </is>
+      </c>
+      <c r="C459" s="0" t="inlineStr">
+        <is>
+          <t>2024年12月31日</t>
+        </is>
+      </c>
+      <c r="G459" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="460" spans="1:7">
+      <c r="A460" s="0" t="inlineStr">
+        <is>
+          <t>4904681303589</t>
+        </is>
+      </c>
+      <c r="B460" s="0" t="inlineStr">
+        <is>
+          <t>かわいいお箸ハローキティ２膳（Ｋ）（１５）</t>
+        </is>
+      </c>
+      <c r="C460" s="0" t="inlineStr">
+        <is>
+          <t>2024年11月07日</t>
+        </is>
+      </c>
+      <c r="G460" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="461" spans="1:7">
+      <c r="A461" s="0" t="inlineStr">
+        <is>
+          <t>4987115860902</t>
+        </is>
+      </c>
+      <c r="B461" s="0" t="inlineStr">
+        <is>
+          <t>1プッシュで瞬間消臭 トイレのニオイがなくなるスプレー トイレ用 消臭剤 200回分 無香性 45ml</t>
+        </is>
+      </c>
+      <c r="C461" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月31日</t>
+        </is>
+      </c>
+      <c r="D461" s="0" t="inlineStr">
+        <is>
+          <t>4987115861053</t>
+        </is>
+      </c>
+      <c r="E461" s="0" t="inlineStr">
+        <is>
+          <t>クリーンフロー　トイレのニオイがなくなる消臭スプレー無香性</t>
+        </is>
+      </c>
+      <c r="F461" s="0" t="inlineStr">
+        <is>
+          <t>2024年02月02日</t>
+        </is>
+      </c>
+      <c r="G461" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="462" spans="1:7">
+      <c r="A462" s="0" t="inlineStr">
+        <is>
+          <t>4987115860926</t>
+        </is>
+      </c>
+      <c r="B462" s="0" t="inlineStr">
+        <is>
+          <t>クリーンフロートイレのニオイがなくなるスプレー200回用シトラスソープの香り</t>
+        </is>
+      </c>
+      <c r="C462" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月31日</t>
+        </is>
+      </c>
+      <c r="G462" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" s="0" t="inlineStr">
+        <is>
+          <t>4987115860940</t>
+        </is>
+      </c>
+      <c r="B463" s="0" t="inlineStr">
+        <is>
+          <t>クリーンフロートイレのニオイがなくなるスプレーラグジュアリーローズの香り</t>
+        </is>
+      </c>
+      <c r="C463" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月31日</t>
+        </is>
+      </c>
+      <c r="G463" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="464" spans="1:7">
+      <c r="A464" s="0" t="inlineStr">
+        <is>
+          <t>4901601283457</t>
+        </is>
+      </c>
+      <c r="B464" s="0" t="inlineStr">
+        <is>
+          <t>ＫＫ２５２６キティ和風ニュースタンダードツメキリＭ富士山ダース</t>
+        </is>
+      </c>
+      <c r="C464" s="0" t="inlineStr">
+        <is>
+          <t>2023年05月15日</t>
+        </is>
+      </c>
+      <c r="G464" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="465" spans="1:7">
+      <c r="A465" s="0" t="inlineStr">
+        <is>
+          <t>4901601306996</t>
+        </is>
+      </c>
+      <c r="B465" s="0" t="inlineStr">
+        <is>
+          <t>KK1497 カット＆スキハサミ（くまのプーさん）</t>
+        </is>
+      </c>
+      <c r="C465" s="0" t="inlineStr">
+        <is>
+          <t>2021年09月30日</t>
+        </is>
+      </c>
+      <c r="G465" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="466" spans="1:7">
+      <c r="A466" s="0" t="inlineStr">
+        <is>
+          <t>4513574007406</t>
+        </is>
+      </c>
+      <c r="B466" s="0" t="inlineStr">
+        <is>
+          <t>ソフトスクリット　ボディソープ</t>
+        </is>
+      </c>
+      <c r="C466" s="0" t="inlineStr">
+        <is>
+          <t>2019年08月31日</t>
+        </is>
+      </c>
+      <c r="G466" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" s="0" t="inlineStr">
+        <is>
+          <t>4513574007413</t>
+        </is>
+      </c>
+      <c r="B467" s="0" t="inlineStr">
+        <is>
+          <t>ソフトスクリット　リンスインシャンプー</t>
+        </is>
+      </c>
+      <c r="C467" s="0" t="inlineStr">
+        <is>
+          <t>2019年08月31日</t>
+        </is>
+      </c>
+      <c r="G467" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月27日</t>
+        </is>
+      </c>
+    </row>
+    <row r="468" spans="1:7">
+      <c r="A468" s="0" t="inlineStr">
+        <is>
+          <t>4582559941998</t>
+        </is>
+      </c>
+      <c r="B468" s="0" t="inlineStr">
+        <is>
+          <t>ＨＩＮＩＣＨＩＪＯＵまな板シート</t>
+        </is>
+      </c>
+      <c r="C468" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+      <c r="G468" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="469" spans="1:7">
+      <c r="A469" s="0" t="inlineStr">
+        <is>
+          <t>4525636322679</t>
+        </is>
+      </c>
+      <c r="B469" s="0" t="inlineStr">
+        <is>
+          <t>すみっコぐらし　タオルキャップ３　えびふらい</t>
+        </is>
+      </c>
+      <c r="C469" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月16日</t>
+        </is>
+      </c>
+      <c r="G469" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="470" spans="1:7">
+      <c r="A470" s="0" t="inlineStr">
+        <is>
+          <t>4973307384790</t>
+        </is>
+      </c>
+      <c r="B470" s="0" t="inlineStr">
+        <is>
+          <t>竹箸　２１ｃｍ　魔女の宅急便　ジジ　バラ</t>
+        </is>
+      </c>
+      <c r="C470" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G470" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471" s="0" t="inlineStr">
+        <is>
+          <t>4987067827800</t>
+        </is>
+      </c>
+      <c r="B471" s="0" t="inlineStr">
+        <is>
+          <t>ホッカイロ　くつ用</t>
+        </is>
+      </c>
+      <c r="C471" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G471" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472" s="0" t="inlineStr">
+        <is>
+          <t>4562378466179</t>
+        </is>
+      </c>
+      <c r="B472" s="0" t="inlineStr">
+        <is>
+          <t>鼻美盛鼻うがい洗浄器具付</t>
+        </is>
+      </c>
+      <c r="C472" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月14日</t>
+        </is>
+      </c>
+      <c r="G472" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473" s="0" t="inlineStr">
+        <is>
+          <t>4957589025671</t>
+        </is>
+      </c>
+      <c r="B473" s="0" t="inlineStr">
+        <is>
+          <t>紳士合皮防水斜めデザイン切替</t>
+        </is>
+      </c>
+      <c r="C473" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+      <c r="G473" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" s="0" t="inlineStr">
+        <is>
+          <t>4964596420917</t>
+        </is>
+      </c>
+      <c r="B474" s="0" t="inlineStr">
+        <is>
+          <t>サナ　ボディリファイニング　ローション</t>
+        </is>
+      </c>
+      <c r="C474" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+      <c r="G474" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475" s="0" t="inlineStr">
+        <is>
+          <t>4570118048530</t>
+        </is>
+      </c>
+      <c r="B475" s="0" t="inlineStr">
+        <is>
+          <t>救急ばんそうこう　キミとアイドルプリキュア♪</t>
+        </is>
+      </c>
+      <c r="C475" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月07日</t>
+        </is>
+      </c>
+      <c r="G475" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476" s="0" t="inlineStr">
+        <is>
+          <t>4901696540589</t>
+        </is>
+      </c>
+      <c r="B476" s="0" t="inlineStr">
+        <is>
+          <t>夢みるバーム　赤泥リンクルモイスチャー</t>
+        </is>
+      </c>
+      <c r="C476" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月19日</t>
+        </is>
+      </c>
+      <c r="G476" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477" s="0" t="inlineStr">
+        <is>
+          <t>4971825017404</t>
+        </is>
+      </c>
+      <c r="B477" s="0" t="inlineStr">
+        <is>
+          <t>デオナチュレ　直ヌリジェル石けん</t>
+        </is>
+      </c>
+      <c r="C477" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月19日</t>
+        </is>
+      </c>
+      <c r="G477" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478" s="0" t="inlineStr">
+        <is>
+          <t>4582400833618</t>
+        </is>
+      </c>
+      <c r="B478" s="0" t="inlineStr">
+        <is>
+          <t>ＭＡＳＳＥＭＯＬＬＹホワイトムスクボディクリーム</t>
+        </is>
+      </c>
+      <c r="C478" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月18日</t>
+        </is>
+      </c>
+      <c r="G478" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479" s="0" t="inlineStr">
+        <is>
+          <t>4975810180111</t>
+        </is>
+      </c>
+      <c r="B479" s="0" t="inlineStr">
+        <is>
+          <t>ＤＮ　プラスチックカップ２２０ＭＬ</t>
+        </is>
+      </c>
+      <c r="C479" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月18日</t>
+        </is>
+      </c>
+      <c r="G479" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" s="0" t="inlineStr">
+        <is>
+          <t>4580495320143</t>
+        </is>
+      </c>
+      <c r="B480" s="0" t="inlineStr">
+        <is>
+          <t>エドレミット　オリーブ石けん</t>
+        </is>
+      </c>
+      <c r="C480" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月15日</t>
+        </is>
+      </c>
+      <c r="G480" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481" s="0" t="inlineStr">
+        <is>
+          <t>4901696541876</t>
+        </is>
+      </c>
+      <c r="B481" s="0" t="inlineStr">
+        <is>
+          <t>ロゼット洗顔パスタ　氷河泥クレンズ</t>
+        </is>
+      </c>
+      <c r="C481" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月15日</t>
+        </is>
+      </c>
+      <c r="G481" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482" s="0" t="inlineStr">
+        <is>
+          <t>4901696541883</t>
+        </is>
+      </c>
+      <c r="B482" s="0" t="inlineStr">
+        <is>
+          <t>ロゼット洗顔パスタ　レッドリンクル</t>
+        </is>
+      </c>
+      <c r="C482" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月15日</t>
+        </is>
+      </c>
+      <c r="G482" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483" s="0" t="inlineStr">
+        <is>
+          <t>4964596700217</t>
+        </is>
+      </c>
+      <c r="B483" s="0" t="inlineStr">
+        <is>
+          <t>サナ　毛穴パテ職人　カラールースパウダー　０２</t>
+        </is>
+      </c>
+      <c r="C483" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月15日</t>
+        </is>
+      </c>
+      <c r="G483" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484" s="0" t="inlineStr">
+        <is>
+          <t>4901792039536</t>
+        </is>
+      </c>
+      <c r="B484" s="0" t="inlineStr">
+        <is>
+          <t>＃８４７　きれいな手　つかいきりグローブ　１００枚入　Ｌ</t>
+        </is>
+      </c>
+      <c r="C484" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月11日</t>
+        </is>
+      </c>
+      <c r="G484" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485" s="0" t="inlineStr">
+        <is>
+          <t>4973307384783</t>
+        </is>
+      </c>
+      <c r="B485" s="0" t="inlineStr">
+        <is>
+          <t>竹箸　２１ｃｍ　魔女の宅急便　ジジ　小花</t>
+        </is>
+      </c>
+      <c r="C485" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月10日</t>
+        </is>
+      </c>
+      <c r="G485" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486" s="0" t="inlineStr">
+        <is>
+          <t>4973307626517</t>
+        </is>
+      </c>
+      <c r="B486" s="0" t="inlineStr">
+        <is>
+          <t>不織布子供マスク　トミカ</t>
+        </is>
+      </c>
+      <c r="C486" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月10日</t>
+        </is>
+      </c>
+      <c r="G486" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="487" spans="1:7">
+      <c r="A487" s="0" t="inlineStr">
+        <is>
+          <t>4987973221365</t>
+        </is>
+      </c>
+      <c r="B487" s="0" t="inlineStr">
+        <is>
+          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　カモフラージュマスタード</t>
+        </is>
+      </c>
+      <c r="C487" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月10日</t>
+        </is>
+      </c>
+      <c r="G487" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="488" spans="1:7">
+      <c r="A488" s="0" t="inlineStr">
+        <is>
+          <t>4903301225492</t>
+        </is>
+      </c>
+      <c r="B488" s="0" t="inlineStr">
+        <is>
+          <t>リードホットクッキングシート　中</t>
+        </is>
+      </c>
+      <c r="C488" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月02日</t>
+        </is>
+      </c>
+      <c r="G488" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489" s="0" t="inlineStr">
+        <is>
+          <t>4976366016732</t>
+        </is>
+      </c>
+      <c r="B489" s="0" t="inlineStr">
+        <is>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　ＳＳ</t>
+        </is>
+      </c>
+      <c r="C489" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月01日</t>
+        </is>
+      </c>
+      <c r="G489" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490" s="0" t="inlineStr">
+        <is>
+          <t>4976366016749</t>
+        </is>
+      </c>
+      <c r="B490" s="0" t="inlineStr">
+        <is>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｓ</t>
+        </is>
+      </c>
+      <c r="C490" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月01日</t>
+        </is>
+      </c>
+      <c r="G490" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="491" spans="1:7">
+      <c r="A491" s="0" t="inlineStr">
+        <is>
+          <t>4976366016756</t>
+        </is>
+      </c>
+      <c r="B491" s="0" t="inlineStr">
+        <is>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｍ</t>
+        </is>
+      </c>
+      <c r="C491" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月01日</t>
+        </is>
+      </c>
+      <c r="G491" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="492" spans="1:7">
+      <c r="A492" s="0" t="inlineStr">
+        <is>
+          <t>4902424440881</t>
+        </is>
+      </c>
+      <c r="B492" s="0" t="inlineStr">
+        <is>
+          <t>カダンスズメバチバスーカジェット５５０ＭＬ</t>
+        </is>
+      </c>
+      <c r="C492" s="0" t="inlineStr">
+        <is>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D492" s="0" t="inlineStr">
+        <is>
+          <t>4902424451467</t>
+        </is>
+      </c>
+      <c r="E492" s="0" t="inlineStr">
+        <is>
+          <t>カダンスズメバチバズーカジェット</t>
+        </is>
+      </c>
+      <c r="F492" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
+        </is>
+      </c>
+      <c r="G492" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" s="0" t="inlineStr">
+        <is>
+          <t>4902424440898</t>
+        </is>
+      </c>
+      <c r="B493" s="0" t="inlineStr">
+        <is>
+          <t>カダンハチ・アブダブルジェット４８０ｍｌ</t>
+        </is>
+      </c>
+      <c r="C493" s="0" t="inlineStr">
+        <is>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D493" s="0" t="inlineStr">
+        <is>
+          <t>4902424451450</t>
+        </is>
+      </c>
+      <c r="E493" s="0" t="inlineStr">
+        <is>
+          <t>カダンハチ・アブダブルジェット</t>
+        </is>
+      </c>
+      <c r="F493" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
+        </is>
+      </c>
+      <c r="G493" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="494" spans="1:7">
+      <c r="A494" s="0" t="inlineStr">
+        <is>
+          <t>4902424439298</t>
+        </is>
+      </c>
+      <c r="B494" s="0" t="inlineStr">
+        <is>
+          <t>犬猫まわれ右　粒剤　ローズの香り</t>
+        </is>
+      </c>
+      <c r="C494" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月17日</t>
+        </is>
+      </c>
+      <c r="D494" s="0" t="inlineStr">
+        <is>
+          <t>4902424432596</t>
+        </is>
+      </c>
+      <c r="E494" s="0" t="inlineStr">
+        <is>
+          <t>犬猫まわれ右粒剤　シトラスの香り</t>
+        </is>
+      </c>
+      <c r="F494" s="0" t="inlineStr">
+        <is>
+          <t>2012年02月02日</t>
+        </is>
+      </c>
+      <c r="G494" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="495" spans="1:7">
+      <c r="A495" s="0" t="inlineStr">
+        <is>
+          <t>4902424426045</t>
+        </is>
+      </c>
+      <c r="B495" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤　2kg</t>
+        </is>
+      </c>
+      <c r="C495" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D495" s="0" t="inlineStr">
+        <is>
+          <t>4902424450095</t>
+        </is>
+      </c>
+      <c r="E495" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F495" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月22日</t>
+        </is>
+      </c>
+      <c r="G495" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="496" spans="1:7">
+      <c r="A496" s="0" t="inlineStr">
+        <is>
+          <t>4902424426069</t>
+        </is>
+      </c>
+      <c r="B496" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="C496" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D496" s="0" t="inlineStr">
+        <is>
+          <t>4902424450071</t>
+        </is>
+      </c>
+      <c r="E496" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F496" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G496" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="497" spans="1:7">
+      <c r="A497" s="0" t="inlineStr">
+        <is>
+          <t>4902424426076</t>
+        </is>
+      </c>
+      <c r="B497" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤　900g</t>
+        </is>
+      </c>
+      <c r="C497" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D497" s="0" t="inlineStr">
+        <is>
+          <t>4902424450088</t>
+        </is>
+      </c>
+      <c r="E497" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F497" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G497" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="498" spans="1:7">
+      <c r="A498" s="0" t="inlineStr">
+        <is>
+          <t>4902424426410</t>
+        </is>
+      </c>
+      <c r="B498" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤　3kg</t>
+        </is>
+      </c>
+      <c r="C498" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D498" s="0" t="inlineStr">
+        <is>
+          <t>4902424450101</t>
+        </is>
+      </c>
+      <c r="E498" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F498" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G498" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="499" spans="1:7">
+      <c r="A499" s="0" t="inlineStr">
+        <is>
+          <t>4902424433807</t>
+        </is>
+      </c>
+      <c r="B499" s="0" t="inlineStr">
+        <is>
+          <t>カダン　アリカダン粉剤７００ｇ</t>
+        </is>
+      </c>
+      <c r="C499" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D499" s="0" t="inlineStr">
+        <is>
+          <t>4902424450125</t>
+        </is>
+      </c>
+      <c r="E499" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F499" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G499" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="500" spans="1:7">
+      <c r="A500" s="0" t="inlineStr">
+        <is>
+          <t>4902424433814</t>
+        </is>
+      </c>
+      <c r="B500" s="0" t="inlineStr">
+        <is>
+          <t>カダン　アリカダン粉剤徳用１．２ｋｇ</t>
+        </is>
+      </c>
+      <c r="C500" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D500" s="0" t="inlineStr">
+        <is>
+          <t>4902424450132</t>
+        </is>
+      </c>
+      <c r="E500" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F500" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G500" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="501" spans="1:7">
+      <c r="A501" s="0" t="inlineStr">
+        <is>
+          <t>4902424440911</t>
+        </is>
+      </c>
+      <c r="B501" s="0" t="inlineStr">
+        <is>
+          <t>虫よけ除草王2L</t>
+        </is>
+      </c>
+      <c r="C501" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D501" s="0" t="inlineStr">
+        <is>
+          <t>4902424449990</t>
+        </is>
+      </c>
+      <c r="E501" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F501" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G501" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="502" spans="1:7">
+      <c r="A502" s="0" t="inlineStr">
+        <is>
+          <t>4902424440928</t>
+        </is>
+      </c>
+      <c r="B502" s="0" t="inlineStr">
+        <is>
+          <t>虫よけ除草王１０００ＭＬ</t>
+        </is>
+      </c>
+      <c r="C502" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D502" s="0" t="inlineStr">
+        <is>
+          <t>4902424449983</t>
+        </is>
+      </c>
+      <c r="E502" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F502" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G502" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="503" spans="1:7">
+      <c r="A503" s="0" t="inlineStr">
+        <is>
+          <t>4902424444636</t>
+        </is>
+      </c>
+      <c r="B503" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ビネガ－キラ－2L</t>
+        </is>
+      </c>
+      <c r="C503" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D503" s="0" t="inlineStr">
+        <is>
+          <t>4902424450033</t>
+        </is>
+      </c>
+      <c r="E503" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ビネガーキラー</t>
+        </is>
+      </c>
+      <c r="F503" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
+        </is>
+      </c>
+      <c r="G503" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="504" spans="1:7">
+      <c r="A504" s="0" t="inlineStr">
+        <is>
+          <t>4548514062146</t>
+        </is>
+      </c>
+      <c r="B504" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　レモンの香り　３６０ｇ</t>
+        </is>
+      </c>
+      <c r="C504" s="0" t="inlineStr">
+        <is>
+          <t>2023年07月31日</t>
+        </is>
+      </c>
+      <c r="D504" s="0" t="inlineStr">
+        <is>
+          <t>4548514062177</t>
+        </is>
+      </c>
+      <c r="E504" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　さわやかレモンの香り　３６０ｇ</t>
+        </is>
+      </c>
+      <c r="F504" s="0" t="inlineStr">
+        <is>
+          <t>2024年03月12日</t>
+        </is>
+      </c>
+      <c r="G504" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="505" spans="1:7">
+      <c r="A505" s="0" t="inlineStr">
+        <is>
+          <t>4548514062108</t>
+        </is>
+      </c>
+      <c r="B505" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　ミント＆ライムの香り　３０ｇ</t>
+        </is>
+      </c>
+      <c r="C505" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月31日</t>
+        </is>
+      </c>
+      <c r="D505" s="0" t="inlineStr">
+        <is>
+          <t>4548514062160</t>
+        </is>
+      </c>
+      <c r="E505" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　レモンの香り　３０ｇ</t>
+        </is>
+      </c>
+      <c r="F505" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月07日</t>
+        </is>
+      </c>
+      <c r="G505" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="506" spans="1:7">
+      <c r="A506" s="0" t="inlineStr">
+        <is>
+          <t>4906156801873</t>
+        </is>
+      </c>
+      <c r="B506" s="0" t="inlineStr">
+        <is>
+          <t>ミューズメン石鹸</t>
+        </is>
+      </c>
+      <c r="C506" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月20日</t>
+        </is>
+      </c>
+      <c r="G506" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="507" spans="1:7">
+      <c r="A507" s="0" t="inlineStr">
+        <is>
+          <t>4548514062085</t>
+        </is>
+      </c>
+      <c r="B507" s="0" t="inlineStr">
+        <is>
+          <t>きき湯涼炭酸湯　ミント＆ライムの香り　つめかえ用　４８０ｇ</t>
+        </is>
+      </c>
+      <c r="C507" s="0" t="inlineStr">
+        <is>
+          <t>2022年08月24日</t>
+        </is>
+      </c>
+      <c r="D507" s="0" t="inlineStr">
+        <is>
+          <t>4548514062153</t>
+        </is>
+      </c>
+      <c r="E507" s="0" t="inlineStr">
+        <is>
+          <t>きき湯涼炭酸湯　レモンの香り　つめかえ用　４８０ｇ</t>
+        </is>
+      </c>
+      <c r="F507" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月07日</t>
+        </is>
+      </c>
+      <c r="G507" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="508" spans="1:7">
+      <c r="A508" s="0" t="inlineStr">
+        <is>
+          <t>4548514510746</t>
+        </is>
+      </c>
+      <c r="B508" s="0" t="inlineStr">
+        <is>
+          <t>モウガインセント育毛トニック無香料</t>
+        </is>
+      </c>
+      <c r="C508" s="0" t="inlineStr">
+        <is>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D508" s="0" t="inlineStr">
+        <is>
+          <t>4548514511293</t>
+        </is>
+      </c>
+      <c r="E508" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料</t>
+        </is>
+      </c>
+      <c r="F508" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G508" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="509" spans="1:7">
+      <c r="A509" s="0" t="inlineStr">
+        <is>
+          <t>4548514510760</t>
+        </is>
+      </c>
+      <c r="B509" s="0" t="inlineStr">
+        <is>
+          <t>モウガインセントトニックプレミアムクール</t>
+        </is>
+      </c>
+      <c r="C509" s="0" t="inlineStr">
+        <is>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D509" s="0" t="inlineStr">
+        <is>
+          <t>4548514511309</t>
+        </is>
+      </c>
+      <c r="E509" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料　プレミアムクール</t>
+        </is>
+      </c>
+      <c r="F509" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G509" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="510" spans="1:7">
+      <c r="A510" s="0" t="inlineStr">
+        <is>
+          <t>4548514510784</t>
+        </is>
+      </c>
+      <c r="B510" s="0" t="inlineStr">
+        <is>
+          <t>新モウガインセント薬用育毛トニック無香料</t>
+        </is>
+      </c>
+      <c r="C510" s="0" t="inlineStr">
+        <is>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D510" s="0" t="inlineStr">
+        <is>
+          <t>4548514511323</t>
+        </is>
+      </c>
+      <c r="E510" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料</t>
+        </is>
+      </c>
+      <c r="F510" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G510" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="511" spans="1:7">
+      <c r="A511" s="0" t="inlineStr">
+        <is>
+          <t>4548514510791</t>
+        </is>
+      </c>
+      <c r="B511" s="0" t="inlineStr">
+        <is>
+          <t>新モウガインセント育毛トニックプレミアムクール</t>
+        </is>
+      </c>
+      <c r="C511" s="0" t="inlineStr">
+        <is>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D511" s="0" t="inlineStr">
+        <is>
+          <t>4548514511330</t>
+        </is>
+      </c>
+      <c r="E511" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料　プレミアムクール</t>
+        </is>
+      </c>
+      <c r="F511" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G511" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="512" spans="1:7">
+      <c r="A512" s="0" t="inlineStr">
+        <is>
+          <t>4548514511217</t>
+        </is>
+      </c>
+      <c r="B512" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　微香性</t>
+        </is>
+      </c>
+      <c r="C512" s="0" t="inlineStr">
+        <is>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D512" s="0" t="inlineStr">
+        <is>
+          <t>4548514511316</t>
+        </is>
+      </c>
+      <c r="E512" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　微香性</t>
+        </is>
+      </c>
+      <c r="F512" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G512" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="513" spans="1:7">
+      <c r="A513" s="0" t="inlineStr">
+        <is>
+          <t>4548514511224</t>
+        </is>
+      </c>
+      <c r="B513" s="0" t="inlineStr">
+        <is>
+          <t>インセント 薬用育毛トニック 微香性</t>
+        </is>
+      </c>
+      <c r="C513" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月08日</t>
+        </is>
+      </c>
+      <c r="D513" s="0" t="inlineStr">
+        <is>
+          <t>4548514511347</t>
+        </is>
+      </c>
+      <c r="E513" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　微香性</t>
+        </is>
+      </c>
+      <c r="F513" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
+        </is>
+      </c>
+      <c r="G513" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="514" spans="1:7">
+      <c r="A514" s="0" t="inlineStr">
+        <is>
+          <t>4548514061804</t>
+        </is>
+      </c>
+      <c r="B514" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　ミントの香り</t>
+        </is>
+      </c>
+      <c r="C514" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月31日</t>
+        </is>
+      </c>
+      <c r="D514" s="0" t="inlineStr">
+        <is>
+          <t>4548514062061</t>
+        </is>
+      </c>
+      <c r="E514" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　ミント＆ライムの香り　３６０Ｇ</t>
+        </is>
+      </c>
+      <c r="F514" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月09日</t>
+        </is>
+      </c>
+      <c r="G514" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="515" spans="1:7">
+      <c r="A515" s="0" t="inlineStr">
+        <is>
+          <t>4548514154353</t>
+        </is>
+      </c>
+      <c r="B515" s="0" t="inlineStr">
+        <is>
+          <t>バスクリン メディカルAD 分包40g</t>
+        </is>
+      </c>
+      <c r="C515" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月31日</t>
+        </is>
+      </c>
+      <c r="D515" s="0" t="inlineStr">
+        <is>
+          <t>4548514154964</t>
+        </is>
+      </c>
+      <c r="E515" s="0" t="inlineStr">
+        <is>
+          <t>バスクリンメディカルＡＤ　分包　４０Ｇ</t>
+        </is>
+      </c>
+      <c r="F515" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月09日</t>
+        </is>
+      </c>
+      <c r="G515" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="516" spans="1:7">
+      <c r="A516" s="0" t="inlineStr">
+        <is>
+          <t>4548514139121</t>
+        </is>
+      </c>
+      <c r="B516" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート レモングラスの香り 400g</t>
+        </is>
+      </c>
+      <c r="C516" s="0" t="inlineStr">
+        <is>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D516" s="0" t="inlineStr">
+        <is>
+          <t>4548514154469</t>
+        </is>
+      </c>
+      <c r="E516" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　レモングラスの香り</t>
+        </is>
+      </c>
+      <c r="F516" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
+        </is>
+      </c>
+      <c r="G516" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="517" spans="1:7">
+      <c r="A517" s="0" t="inlineStr">
+        <is>
+          <t>4548514139169</t>
+        </is>
+      </c>
+      <c r="B517" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート レモングラスの香り 50g</t>
+        </is>
+      </c>
+      <c r="C517" s="0" t="inlineStr">
+        <is>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D517" s="0" t="inlineStr">
+        <is>
+          <t>4548514154544</t>
+        </is>
+      </c>
+      <c r="E517" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　レモングラスの香り</t>
+        </is>
+      </c>
+      <c r="F517" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
+        </is>
+      </c>
+      <c r="G517" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="518" spans="1:7">
+      <c r="A518" s="0" t="inlineStr">
+        <is>
+          <t>4548514153677</t>
+        </is>
+      </c>
+      <c r="B518" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート リセットナイト 400g</t>
+        </is>
+      </c>
+      <c r="C518" s="0" t="inlineStr">
+        <is>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D518" s="0" t="inlineStr">
+        <is>
+          <t>4548514154438</t>
+        </is>
+      </c>
+      <c r="E518" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　リセットナイト</t>
+        </is>
+      </c>
+      <c r="F518" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
+        </is>
+      </c>
+      <c r="G518" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月20日</t>
+        </is>
+      </c>
+    </row>
+    <row r="519" spans="1:7">
+      <c r="A519" s="0" t="inlineStr">
+        <is>
+          <t>4548514157392</t>
+        </is>
+      </c>
+      <c r="B519" s="0" t="inlineStr">
+        <is>
+          <t>きき湯とアヒル隊長　大冒険セット</t>
+        </is>
+      </c>
+      <c r="C519" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G519" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="520" spans="1:7">
+      <c r="A520" s="0" t="inlineStr">
+        <is>
+          <t>4548514158511</t>
+        </is>
+      </c>
+      <c r="B520" s="0" t="inlineStr">
+        <is>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　やさしいラベンダーの香り</t>
+        </is>
+      </c>
+      <c r="C520" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G520" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="521" spans="1:7">
+      <c r="A521" s="0" t="inlineStr">
+        <is>
+          <t>4548514158528</t>
+        </is>
+      </c>
+      <c r="B521" s="0" t="inlineStr">
+        <is>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　ほんのり甘いオレンジ＆ライムの香り</t>
+        </is>
+      </c>
+      <c r="C521" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G521" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="522" spans="1:7">
+      <c r="A522" s="0" t="inlineStr">
+        <is>
+          <t>4548514158535</t>
+        </is>
+      </c>
+      <c r="B522" s="0" t="inlineStr">
+        <is>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　すっきり爽やかレモングラスの香り</t>
+        </is>
+      </c>
+      <c r="C522" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G522" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="523" spans="1:7">
+      <c r="A523" s="0" t="inlineStr">
+        <is>
+          <t>4548514159440</t>
+        </is>
+      </c>
+      <c r="B523" s="0" t="inlineStr">
+        <is>
+          <t>ナイトアソート</t>
+        </is>
+      </c>
+      <c r="C523" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G523" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="524" spans="1:7">
+      <c r="A524" s="0" t="inlineStr">
+        <is>
+          <t>4548514511460</t>
+        </is>
+      </c>
+      <c r="B524" s="0" t="inlineStr">
+        <is>
+          <t>インセント　スカルプ泡シャンプー</t>
+        </is>
+      </c>
+      <c r="C524" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G524" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="525" spans="1:7">
+      <c r="A525" s="0" t="inlineStr">
+        <is>
+          <t>4548514511477</t>
+        </is>
+      </c>
+      <c r="B525" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　スカルプモイスチャー</t>
+        </is>
+      </c>
+      <c r="C525" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月28日</t>
+        </is>
+      </c>
+      <c r="G525" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="526" spans="1:7">
+      <c r="A526" s="0" t="inlineStr">
+        <is>
+          <t>4973202501216</t>
+        </is>
+      </c>
+      <c r="B526" s="0" t="inlineStr">
+        <is>
+          <t>コットン・ラボ　コットンのラクごこちマスク小さめサイズ７マイ</t>
+        </is>
+      </c>
+      <c r="C526" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
+        </is>
+      </c>
+      <c r="G526" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月13日</t>
+        </is>
+      </c>
+    </row>
+    <row r="527" spans="1:7">
+      <c r="A527" s="0" t="inlineStr">
+        <is>
+          <t>4973202611854</t>
+        </is>
+      </c>
+      <c r="B527" s="0" t="inlineStr">
+        <is>
+          <t>除菌セフティハンター携帯用１０枚６個パック</t>
+        </is>
+      </c>
+      <c r="C527" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G527" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="528" spans="1:7">
+      <c r="A528" s="0" t="inlineStr">
+        <is>
+          <t>4901234305663</t>
+        </is>
+      </c>
+      <c r="B528" s="0" t="inlineStr">
+        <is>
+          <t>プロカリテ　縮毛ジュレ　ミニ</t>
+        </is>
+      </c>
+      <c r="C528" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G528" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="529" spans="1:7">
+      <c r="A529" s="0" t="inlineStr">
+        <is>
+          <t>4901234305816</t>
+        </is>
+      </c>
+      <c r="B529" s="0" t="inlineStr">
+        <is>
+          <t>プロカリテ　ヘアメンテナンスエマルジョン</t>
+        </is>
+      </c>
+      <c r="C529" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G529" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="530" spans="1:7">
+      <c r="A530" s="0" t="inlineStr">
+        <is>
+          <t>4901234388116</t>
+        </is>
+      </c>
+      <c r="B530" s="0" t="inlineStr">
+        <is>
+          <t>オーマイイージー　デイリートナーパッド</t>
+        </is>
+      </c>
+      <c r="C530" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G530" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="531" spans="1:7">
+      <c r="A531" s="0" t="inlineStr">
+        <is>
+          <t>4901234388123</t>
+        </is>
+      </c>
+      <c r="B531" s="0" t="inlineStr">
+        <is>
+          <t>オーマイイージーデイリーポイントケアパッドＭＯ</t>
+        </is>
+      </c>
+      <c r="C531" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G531" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="532" spans="1:7">
+      <c r="A532" s="0" t="inlineStr">
+        <is>
+          <t>4901405006429</t>
+        </is>
+      </c>
+      <c r="B532" s="0" t="inlineStr">
+        <is>
+          <t>香りの記憶蜜柑バラ詰</t>
+        </is>
+      </c>
+      <c r="C532" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G532" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="533" spans="1:7">
+      <c r="A533" s="0" t="inlineStr">
+        <is>
+          <t>4901417615718</t>
+        </is>
+      </c>
+      <c r="B533" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="C533" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D533" s="0" t="inlineStr">
+        <is>
+          <t>4901417619457</t>
+        </is>
+      </c>
+      <c r="E533" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F533" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G533" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="534" spans="1:7">
+      <c r="A534" s="0" t="inlineStr">
+        <is>
+          <t>4901417615725</t>
+        </is>
+      </c>
+      <c r="B534" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="C534" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D534" s="0" t="inlineStr">
+        <is>
+          <t>4901417619464</t>
+        </is>
+      </c>
+      <c r="E534" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F534" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G534" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="535" spans="1:7">
+      <c r="A535" s="0" t="inlineStr">
+        <is>
+          <t>4901417615787</t>
+        </is>
+      </c>
+      <c r="B535" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="C535" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D535" s="0" t="inlineStr">
+        <is>
+          <t>4901417619471</t>
+        </is>
+      </c>
+      <c r="E535" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F535" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G535" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="536" spans="1:7">
+      <c r="A536" s="0" t="inlineStr">
+        <is>
+          <t>4901417722447</t>
+        </is>
+      </c>
+      <c r="B536" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="C536" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D536" s="0" t="inlineStr">
+        <is>
+          <t>4901417723840</t>
+        </is>
+      </c>
+      <c r="E536" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F536" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G536" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="537" spans="1:7">
+      <c r="A537" s="0" t="inlineStr">
+        <is>
+          <t>4901417722515</t>
+        </is>
+      </c>
+      <c r="B537" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケアシャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="C537" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D537" s="0" t="inlineStr">
+        <is>
+          <t>4901417723918</t>
+        </is>
+      </c>
+      <c r="E537" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F537" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G537" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="538" spans="1:7">
+      <c r="A538" s="0" t="inlineStr">
+        <is>
+          <t>4901417722522</t>
+        </is>
+      </c>
+      <c r="B538" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケアコンディショナー詰替用</t>
+        </is>
+      </c>
+      <c r="C538" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D538" s="0" t="inlineStr">
+        <is>
+          <t>4901417723925</t>
+        </is>
+      </c>
+      <c r="E538" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F538" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G538" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="539" spans="1:7">
+      <c r="A539" s="0" t="inlineStr">
+        <is>
+          <t>4901417722539</t>
+        </is>
+      </c>
+      <c r="B539" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケアシャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="C539" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D539" s="0" t="inlineStr">
+        <is>
+          <t>4901417723932</t>
+        </is>
+      </c>
+      <c r="E539" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F539" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G539" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="540" spans="1:7">
+      <c r="A540" s="0" t="inlineStr">
+        <is>
+          <t>4901417722546</t>
+        </is>
+      </c>
+      <c r="B540" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="C540" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D540" s="0" t="inlineStr">
+        <is>
+          <t>4901417723949</t>
+        </is>
+      </c>
+      <c r="E540" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F540" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G540" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="541" spans="1:7">
+      <c r="A541" s="0" t="inlineStr">
+        <is>
+          <t>4901417722614</t>
+        </is>
+      </c>
+      <c r="B541" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケアシャンプー詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C541" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D541" s="0" t="inlineStr">
+        <is>
+          <t>4901417724014</t>
+        </is>
+      </c>
+      <c r="E541" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　シャンプー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F541" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G541" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="542" spans="1:7">
+      <c r="A542" s="0" t="inlineStr">
+        <is>
+          <t>4901417722621</t>
+        </is>
+      </c>
+      <c r="B542" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケアコンディショナー詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C542" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D542" s="0" t="inlineStr">
+        <is>
+          <t>4901417724021</t>
+        </is>
+      </c>
+      <c r="E542" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F542" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G542" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="543" spans="1:7">
+      <c r="A543" s="0" t="inlineStr">
+        <is>
+          <t>4901417722638</t>
+        </is>
+      </c>
+      <c r="B543" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケアシャンプー詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C543" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D543" s="0" t="inlineStr">
+        <is>
+          <t>4901417724038</t>
+        </is>
+      </c>
+      <c r="E543" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F543" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G543" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="544" spans="1:7">
+      <c r="A544" s="0" t="inlineStr">
+        <is>
+          <t>4901417722645</t>
+        </is>
+      </c>
+      <c r="B544" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C544" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D544" s="0" t="inlineStr">
+        <is>
+          <t>4901417724045</t>
+        </is>
+      </c>
+      <c r="E544" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F544" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G544" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="545" spans="1:7">
+      <c r="A545" s="0" t="inlineStr">
+        <is>
+          <t>4901417723338</t>
+        </is>
+      </c>
+      <c r="B545" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="C545" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D545" s="0" t="inlineStr">
+        <is>
+          <t>4901417723956</t>
+        </is>
+      </c>
+      <c r="E545" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F545" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G545" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="546" spans="1:7">
+      <c r="A546" s="0" t="inlineStr">
+        <is>
+          <t>4901417723345</t>
+        </is>
+      </c>
+      <c r="B546" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="C546" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D546" s="0" t="inlineStr">
+        <is>
+          <t>4901417723963</t>
+        </is>
+      </c>
+      <c r="E546" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F546" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G546" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="547" spans="1:7">
+      <c r="A547" s="0" t="inlineStr">
+        <is>
+          <t>4901417723369</t>
+        </is>
+      </c>
+      <c r="B547" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C547" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D547" s="0" t="inlineStr">
+        <is>
+          <t>4901417724069</t>
+        </is>
+      </c>
+      <c r="E547" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F547" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G547" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="548" spans="1:7">
+      <c r="A548" s="0" t="inlineStr">
+        <is>
+          <t>4901435213903</t>
+        </is>
+      </c>
+      <c r="B548" s="0" t="inlineStr">
+        <is>
+          <t>ちとせうた　６種の香り　桐</t>
+        </is>
+      </c>
+      <c r="C548" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G548" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="549" spans="1:7">
+      <c r="A549" s="0" t="inlineStr">
+        <is>
+          <t>4971633910706</t>
+        </is>
+      </c>
+      <c r="B549" s="0" t="inlineStr">
+        <is>
+          <t>エルモア　不織布マスク　ふつうサイズ　５枚・４８</t>
+        </is>
+      </c>
+      <c r="C549" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G549" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="550" spans="1:7">
+      <c r="A550" s="0" t="inlineStr">
+        <is>
+          <t>4901730075183</t>
+        </is>
+      </c>
+      <c r="B550" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソン　すこやかナチュラルローション</t>
+        </is>
+      </c>
+      <c r="C550" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G550" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="551" spans="1:7">
+      <c r="A551" s="0" t="inlineStr">
+        <is>
+          <t>4901730110228</t>
+        </is>
+      </c>
+      <c r="B551" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーうるおい全身シャンプー　泡タイプ　詰替用</t>
+        </is>
+      </c>
+      <c r="C551" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G551" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="552" spans="1:7">
+      <c r="A552" s="0" t="inlineStr">
+        <is>
+          <t>4901730180054</t>
+        </is>
+      </c>
+      <c r="B552" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　無香料</t>
+        </is>
+      </c>
+      <c r="C552" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G552" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="553" spans="1:7">
+      <c r="A553" s="0" t="inlineStr">
+        <is>
+          <t>4901730180061</t>
+        </is>
+      </c>
+      <c r="B553" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　無香料</t>
+        </is>
+      </c>
+      <c r="C553" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G553" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="554" spans="1:7">
+      <c r="A554" s="0" t="inlineStr">
+        <is>
+          <t>4901730180078</t>
+        </is>
+      </c>
+      <c r="B554" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　微香性</t>
+        </is>
+      </c>
+      <c r="C554" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G554" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="555" spans="1:7">
+      <c r="A555" s="0" t="inlineStr">
+        <is>
+          <t>4901730180085</t>
+        </is>
+      </c>
+      <c r="B555" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソン　すやすやタイム　ローション</t>
+        </is>
+      </c>
+      <c r="C555" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G555" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="556" spans="1:7">
+      <c r="A556" s="0" t="inlineStr">
+        <is>
+          <t>4903301347699</t>
+        </is>
+      </c>
+      <c r="B556" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　レギュラー</t>
+        </is>
+      </c>
+      <c r="C556" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G556" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="557" spans="1:7">
+      <c r="A557" s="0" t="inlineStr">
+        <is>
+          <t>4903301347705</t>
+        </is>
+      </c>
+      <c r="B557" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　スマートタイプ</t>
+        </is>
+      </c>
+      <c r="C557" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G557" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="558" spans="1:7">
+      <c r="A558" s="0" t="inlineStr">
+        <is>
+          <t>4903301347712</t>
+        </is>
+      </c>
+      <c r="B558" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　ダブル</t>
+        </is>
+      </c>
+      <c r="C558" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G558" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="559" spans="1:7">
+      <c r="A559" s="0" t="inlineStr">
+        <is>
+          <t>4903301348894</t>
+        </is>
+      </c>
+      <c r="B559" s="0" t="inlineStr">
+        <is>
+          <t>業務用　プロ用リードペーパー１００　中サイズ</t>
+        </is>
+      </c>
+      <c r="C559" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G559" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月09日</t>
+        </is>
+      </c>
+    </row>
+    <row r="560" spans="1:7">
+      <c r="A560" s="0" t="inlineStr">
+        <is>
+          <t>4987176145666</t>
+        </is>
+      </c>
+      <c r="B560" s="0" t="inlineStr">
+        <is>
+          <t>ｈ＆ｓ　モイスチャー　コンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="C560" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D560" s="0" t="inlineStr">
+        <is>
+          <t>4987176370426</t>
+        </is>
+      </c>
+      <c r="E560" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーコンディショナーポンプ</t>
+        </is>
+      </c>
+      <c r="F560" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
+        </is>
+      </c>
+      <c r="G560" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月30日</t>
+        </is>
+      </c>
+    </row>
+    <row r="561" spans="1:7">
+      <c r="A561" s="0" t="inlineStr">
+        <is>
+          <t>4987176145710</t>
+        </is>
+      </c>
+      <c r="B561" s="0" t="inlineStr">
+        <is>
+          <t>ｈ＆ｓ　モイスチャー　シャンプー　ポンプ</t>
+        </is>
+      </c>
+      <c r="C561" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月27日</t>
+        </is>
+      </c>
+      <c r="D561" s="0" t="inlineStr">
+        <is>
+          <t>4987176370433</t>
+        </is>
+      </c>
+      <c r="E561" s="0" t="inlineStr">
+        <is>
+          <t>ＨＳモイスチャーシャンプーポンプ</t>
+        </is>
+      </c>
+      <c r="F561" s="0" t="inlineStr">
+        <is>
+          <t>2026年03月30日</t>
+        </is>
+      </c>
+      <c r="G561" s="0" t="inlineStr">
+        <is>
+          <t>2022年10月26日</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>