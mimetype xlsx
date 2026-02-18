--- v0 (2025-11-03)
+++ v1 (2026-02-18)
@@ -77,1485 +77,1298 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>JANコード</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>商品名</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>情報公開日</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>4987176203168</t>
+          <t>4987176062307</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
+          <t>アリエールジェルボール４Ｄ　微香　本体　１２個</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>4903111517879</t>
+          <t>4987176284426</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>超快適ＳＭＡＲＴＣＯＬＯＲ　ＰＩＮＫ　ふつう</t>
+          <t>アリエール　ジェルボールプロパワー超抗菌　本体</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>4903111241149</t>
+          <t>4987176284471</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>ムーニー低刺激であんしんＳ５８枚</t>
+          <t>アリエール　ジェルボール　プロ　部屋干し用　本体</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>4903111576746</t>
+          <t>4987176284648</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>ライフリーズレずにうす型紙パンツ専用尿とりパッド２回５０枚</t>
+          <t>アリエール　ジェルボール　プロ　本体</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>4901872459988</t>
+          <t>4987176292384</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　スキンセラムウォーター</t>
+          <t>ボールド　ジェルボール４Ｄ　爽やかおひさまとフレッシュサボンの香り　本体</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>4901872449699</t>
+          <t>4987176292377</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　ホイップウォッシュ（モイスト）</t>
+          <t>ボールド　ジェルボール４Ｄ　華やかおひさまとプレミアムブロッサムの香り　本体</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>4901872449682</t>
+          <t>4973307572333</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　ホイップウォッシュ（スクラブ）</t>
+          <t>竹安全箸　１６．５ｃｍ　パウ・パトロール</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>4901872447121</t>
+          <t>4901957410132</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　フォグバー　しっかりデザイン　つめかえ用</t>
+          <t>レッグオン　男のかかとケアＢＫ　１足</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>4987241135127</t>
+          <t>4903301239024</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>５０の恵　髪ふんわりボリューム育毛剤　つめかえ用</t>
+          <t>ｈａｄａｋａｒａ（ハダカラ）ボディソープ　リッチソープの香り　本体</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>4948258005117</t>
+          <t>4901080696014</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>ノンアルコール除菌ウェットティッシュ</t>
+          <t>モンダミン口内バリアＪｒ．</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>4901872895151</t>
+          <t>4903301326434</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>シーブリーズ　全身薬用ローション詰替　７００ＭＬ</t>
+          <t>ｈａｄａｋａｒａ（ハダカラ）泡で出てくる薬用デオドラントボディソープ　ハーバルソープの香り　本体</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>4964596420979</t>
+          <t>4570118198730</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>サナ　ボディリファイニング　シャンプー</t>
+          <t>カルビー　ポテトチップス　除菌アルコールウェットティシュ</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>4902407025197</t>
+          <t>4973307644092</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>デンタルドクター カーブ歯間ブラシ SS 10本</t>
+          <t>不織布子供マスク　ノンタン</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>4964596700804</t>
+          <t>4524963010808</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>サナ　インプリファイン　スキンバリアベース　Ｍ　０２</t>
+          <t>洗剤能力ＰＲＯ　濃縮タイプ２０Ｌ</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>4582400839702</t>
+          <t>4580131000316</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>ＭＡＳＳＥＭＯＬＬＹルールフレグランススプレーブルームオスマンサス</t>
+          <t>電子レンジ用除菌クリーナー２０枚</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>4891228309640</t>
+          <t>4902050444611</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>スマートシェーブ　ｂｙ　Ｓｃｈｉｃｋ　コンボパック（ホルダー（刃付き）＋替刃７コ）</t>
+          <t>ランドリークラブ　洗濯槽クリーナー</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>4964596701429</t>
+          <t>4901121210001</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　クリーミーアイペンシルＥＸ　０４</t>
+          <t>ネピアプレミアムソフトトイレットロール１．８倍巻１２ロールシングル１００Ｍ</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4901872895885</t>
+          <t>4902135670195</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>スーパーマイルドシャンプー　つめかえ用</t>
+          <t>ＦＡ　ファインフレグランス　シエル８４０Ｍ替</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4901872447053</t>
+          <t>4984824776104</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　スーパーハードスプレー</t>
+          <t>ＳＧアルカリ単４×１０Ｐ　ＬＲ０３ＲＪ／１０ＳＷ</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4964596483592</t>
+          <t>4957589135929</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０３</t>
+          <t>ホカロン吸湿発熱裏起毛スベリ止め大ロゴ</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4964596483585</t>
+          <t>4957589883721</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０２</t>
+          <t>やわらかニット手袋ボーダー黒</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4901792141208</t>
+          <t>4964596701245</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>ナイスハンドポイ　（ポリエチレン製）</t>
+          <t>サナ　ラクトステップ　クレンジングバーム</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4904701030372</t>
+          <t>4957589000845</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>ポリラップ３０ｃｍ×３０ｍ</t>
+          <t>ホカロンのびのび発熱</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4973512260537</t>
+          <t>4547638007675</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　バスクリーナー　詰替用　３５０ＭＬ</t>
+          <t>ネックウォーマーソフトボアリバーシブル</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4973512261558</t>
+          <t>4957589102877</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　食器用洗剤　オレンジ＆ライム　詰替　５００ＭＬ</t>
+          <t>ホカロン２ＷＡＹネック＆ボディウォーマー黒</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>4901525009379</t>
+          <t>4957589000715</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>お湯物語　贅沢泡とろ入浴料　ピオニー＆ホワイトムスクの香り</t>
+          <t>発熱スマホ対応スベリ止め指先ホカロン</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4582400833632</t>
+          <t>4973307476020</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Ｐ’ｓはちみつボディクリーム</t>
+          <t>竹箸　２１ｃｍ　となりのトトロ</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4987205311956</t>
+          <t>4902135672823</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>ビューティーン トーンダウンカラー ナチュラルブラウン</t>
+          <t>ファーファ　ファインフレグランスシエル　特大　詰替</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月17日</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4901872464142</t>
+          <t>4973307452482</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>エージーデオ２４　パウダースプレー　フローラルブーケ　L　１４２Ｇ</t>
+          <t>歯ブラシ　小学生用　マイメロディ　ハピネスガール</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4901525011334</t>
+          <t>4987067829507</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>お湯物語　ぜい沢泡とろ　プレミアム　入浴料　セレクションブーケの香り</t>
+          <t>ホッカイロ　ぬくぬく日和　貼らないミニ</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>4902135118956</t>
+          <t>4987067843305</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>ＦＡ３倍濃縮超コンパクト粉末洗剤５００ｇ</t>
+          <t>ぬくぬく当番　くつ用</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>4902407330741</t>
+          <t>4987176292698</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>リラックスゆたぽん　目もとホット　ほぐれる温蒸気　ｆｏｒ　ＭＥＮ</t>
+          <t>ボールド　ジェルボール４Ｄ　心安らぐホワイトラベンダー＆ジャスミンの香り　本体</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4971710392562</t>
+          <t>4901525010276</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>サロンスタイルビオリス ボタニカルトリートメント スリークストレート</t>
+          <t>スキンライフ　薬用化粧水</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4971710392616</t>
+          <t>4973307436055</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>サロンスタイルビオリス ボタニカルトリートメント エクストラエアリー</t>
+          <t>救急ばんそうこう　Ｍサイズ　トミカ</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>4995860518047</t>
+          <t>4956810805044</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>虫よけビーズ２つめかえ用レモンの香り</t>
+          <t>ＣＵＴＴＩＮＧ　まな板シート</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4995860518009</t>
+          <t>4901616214842</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>虫よけビーズ２　６０日用レモンの香り</t>
+          <t>ＤＯクリアこどもハブラシ仕上げ磨き用</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4901609015067</t>
+          <t>4987067828104</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>カビキラー　替え</t>
+          <t>ホッカイロ　靴下用</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>2025年10月22日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4901872447107</t>
+          <t>4957589065608</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　フォグバー　がっちりアクティブ　つめかえ用</t>
+          <t>ニット手袋五指雪柄</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4903301350583</t>
+          <t>4987176203168</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>ＮＡＮＯＸ　ＯＮＥ（ナノックスワン）　スタンダード　本体　大</t>
+          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4957589083749</t>
+          <t>4903301353317</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>ショート五指キシリトール無地</t>
+          <t>ソフラン　アロマリッチ　ジュリエット　つめかえ用ウルトラジャンボ　１５２０ｍｌ</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4904735058137</t>
+          <t>4987176312273</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>パックスオリー　１４日間トライアルセット</t>
+          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香りつめかえ用特大サイズ</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>4987241125081</t>
+          <t>4902135328737</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>メンソレータム　アクネス　薬用毛穴すっきり粒つぶ洗顔</t>
+          <t>ファーファファインフレグランス　シエル　詰替　５００ＭＬ</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4987176244208</t>
+          <t>4902135328751</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>アリエールミライ　洗浄プラス　本体大</t>
+          <t>ファーファファインフレグランス　シエル６００Ｍ本体</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4985275797687</t>
+          <t>4902135411347</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>香りサフロンアルマジェル液体洗剤ハーバルフローラル１６００Ｇ</t>
+          <t>ファーファファインフレグランス　ファブリックミスト　オム３００Ｍ本体</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>4972525020817</t>
+          <t>4902135411361</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>匠の技グルーミングキットＬＢ</t>
+          <t>ファーファ　ファインフレグランス　ファブリックミスト　ボーテ３００ｍｌ本体</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>4964596485787</t>
+          <t>4902135113531</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>サナ　なめらか本舗　リンクルナイトクリーム</t>
+          <t>ファーファファインフレグランス　オム本体</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>4901080069115</t>
+          <t>4902135670133</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>マモルームエッセンス　虫よけパール　１８０日用　澄んだレモン</t>
+          <t>ＦＡ　ファインフレグランス　オム８４０Ｍ替</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>4901080067517</t>
+          <t>4973512258367</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>コバエがホイホイ　つめかえ　エコパック</t>
+          <t>アラウ　泡ボディソープ　詰替　４５０ＭＬ</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>4901080017710</t>
+          <t>4901525006644</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>アース虫よけネットＥＸ　玄関用　１年用</t>
+          <t>お湯物語　贅沢泡とろ　入浴料　ジュエリーローズの香り</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4972525020800</t>
+          <t>4901525005203</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>匠の技グルーミングキットＬＡ</t>
+          <t>お湯物語　贅沢泡とろ　入浴料　スリーピングアロマの香り</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4902704014757</t>
+          <t>4987176228659</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>ポケットドルツＶピンク　ＥＷ－ＤＳ６０－ＶＰ</t>
+          <t>レノアアロマジュエル　シトラス＆ヴァーベナの香りつめかえ用超特大サイズ</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4972525052931</t>
+          <t>4987176228789</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>ステンレス製つめきりＬ</t>
+          <t>レノアアロマジュエル　シトラス＆ヴァーベナの香りつめかえ用</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>4972525053136</t>
+          <t>4902135122908</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Ｇ－１２０５ステンレス製高級爪切り</t>
+          <t>メイク　ア　ニューハビット　ブラックミント薬用</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4547691734242</t>
+          <t>4902899455120</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>リラックマ２０１３ホットタイプ</t>
+          <t>オンパックス　スリッパつま先用５Ｐ</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>4547441449174</t>
+          <t>4987176273192</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>アミューレフェイスシェーバー　ＥＳ２１８０Ｐ－Ｐ（ピンク）ウブ毛用</t>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>4902704014764</t>
+          <t>4987176293985</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>ポケットドルツ　ピンク　ＥＷ－ＤＳ６０－Ｐ</t>
+          <t>レノア　アロマジュエル　ミスティローズ＆フローラルの香り　本体</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>4936201101108</t>
+          <t>4987176293992</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>茶の粋　濃い洗顔石鹸Ｍ</t>
+          <t>レノア　アロマジュエル　パステルフローラル＆ブロッサムの香り　本体</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4970883006863</t>
+          <t>4987176294012</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　大きめサイズ６枚</t>
+          <t>レノア　アロマジュエル　ブルーミングブロッサムの香り　本体</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>4964596483578</t>
+          <t>4987176242259</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０１</t>
+          <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4987176269126</t>
+          <t>4987176253934</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>レノアハピネス夢ふわタッチホワイトティーの香り本体</t>
+          <t>ファブリーズ　イージークリップ　ベルガモットウッド</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4903111423002</t>
+          <t>4901559215555</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>ウェーブ　ハンディワイパー　本体＋１枚</t>
+          <t>いい湯旅立ち　納涼にごり湯夏祭り</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4548514154469</t>
+          <t>4902407124357</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り</t>
+          <t>スタイルメイト　布製品の消臭・ダニよけミスト　つめかえパウチ３００ｍＬ</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>4901417823830</t>
+          <t>4901559224625</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>旅の宿　ぜい沢アソート</t>
+          <t>ＨＥＲＳバスラボボトル　濃厚マスカットの香り６００ｇ</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4901872834211</t>
+          <t>4944109316371</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>プリペア　シルク仕立てコットン</t>
+          <t>お掃除スリッパカバー５足組（１０枚入）</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4903111313426</t>
+          <t>4987046870155</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>センターインコンパクト１／２サボン多い昼用２２枚</t>
+          <t>レディース加美乃素トリートメント</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>4903111314256</t>
+          <t>4901070760978</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>センターインコンパクト１／２サボン多い夜用１２枚</t>
+          <t>ファミリー　プレミアムプロテクト　ビニール中厚手　Ｌ　ブラックシフォンピンク</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4901872883172</t>
+          <t>4904585042102</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>尿素１０％クリーム</t>
+          <t>リフレ　はくパンツＢＩＧ　４Ｌサイズ</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>4976861006306</t>
+          <t>4906156800579</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>ペーパーハンドタオル</t>
+          <t>泡ミューズ　オリジナル　大型　詰替</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>4902135670218</t>
+          <t>4995860518016</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>ＦＡ　ファインフレグランス　ボーテ８４０Ｍ替</t>
+          <t>虫よけビーズ２　１８０日用ハッカの香り</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4903367003058</t>
+          <t>4964596701412</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>エルキッチンブリーチ　６００ｍｌ</t>
+          <t>サナ　ピュアテクトＡＣ　薬用プロテクトクリーム</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>4978406013343</t>
+          <t>4902806125825</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>ＭＺ－ＦＧ２０６水切りそうじっこ兼用２０枚</t>
+          <t>ルシードエル　＃質感再整トリートメント　つめかえ用</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>4901548604056</t>
+          <t>4902135670218</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>桐灰寝るとき足ホットン</t>
+          <t>ＦＡ　ファインフレグランス　ボーテ８４０Ｍ替</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>4987176244062</t>
+          <t>4957589083237</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>アリエールミライ　消臭プラス　本体大</t>
+          <t>オールウェルシツナイネコフィッシュパウダー１．６ｋｇ</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>4987176244185</t>
+          <t>4995860518030</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>アリエールミライ　洗浄プラス　本体</t>
+          <t>虫よけビーズ２つめかえ用ハッカの香り</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
-[...186 lines deleted...]
-          <t>2025年10月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>